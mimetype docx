--- v0 (2026-01-12)
+++ v1 (2026-02-26)
@@ -1,64 +1,64 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="013B41F7" w14:textId="77777777" w:rsidR="00B60A75" w:rsidRPr="00785C0E" w:rsidRDefault="00B60A75" w:rsidP="00A67F66">
+    <w:p w14:paraId="43DDA534" w14:textId="7ED157FA" w:rsidR="00D33AC1" w:rsidRDefault="00B60A75" w:rsidP="00D33AC1">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540" w:right="-720"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00785C0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Belgische</w:t>
       </w:r>
@@ -80,52 +80,109 @@
       <w:r w:rsidRPr="00785C0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Modelluchtvaart</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00785C0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Liga - Ligue Belge d’Aéromodélisme</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> Liga</w:t>
+      </w:r>
+      <w:r w:rsidR="00F16461" w:rsidRPr="00F16461">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="013B41F7" w14:textId="485D71A5" w:rsidR="00B60A75" w:rsidRDefault="00B60A75" w:rsidP="00D33AC1">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="-540" w:right="-720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00785C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Ligue Belge d’Aéromodélisme</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="615D2FE6" w14:textId="77777777" w:rsidR="00E978AB" w:rsidRPr="00785C0E" w:rsidRDefault="00E978AB" w:rsidP="00D33AC1">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="-540" w:right="-720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="595E563A" w14:textId="77777777" w:rsidR="00A67F66" w:rsidRDefault="00A67F66" w:rsidP="00A67F66">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540" w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="AGaramondPro-BoldItalic" w:hAnsi="AGaramondPro-BoldItalic"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-432" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -235,51 +292,51 @@
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D67DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Sectie</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1548" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E646134" w14:textId="77777777" w:rsidR="00A67F66" w:rsidRPr="00D67DF8" w:rsidRDefault="00A67F66" w:rsidP="00D67DF8">
+          <w:p w14:paraId="3E646134" w14:textId="6CE8E880" w:rsidR="00A67F66" w:rsidRPr="00D67DF8" w:rsidRDefault="00A67F66" w:rsidP="00D67DF8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A67F66" w:rsidRPr="00D67DF8" w14:paraId="22A9DDCF" w14:textId="77777777" w:rsidTr="00D67DF8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5760" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
@@ -349,111 +406,97 @@
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:lang w:val="nl-NL"/>
               </w:rPr>
               <w:t>Jaargang</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C0A85EF" w14:textId="77777777" w:rsidR="00A67F66" w:rsidRPr="00D67DF8" w:rsidRDefault="000611AE" w:rsidP="00D67DF8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:lang w:val="nl-NL"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D67DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:lang w:val="nl-NL"/>
               </w:rPr>
               <w:t>Année</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1548" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AC0D4A1" w14:textId="078E2640" w:rsidR="00A67F66" w:rsidRPr="00D67DF8" w:rsidRDefault="000611AE" w:rsidP="00EA074D">
+          <w:p w14:paraId="0AC0D4A1" w14:textId="1688EA98" w:rsidR="00A67F66" w:rsidRPr="00D67DF8" w:rsidRDefault="00814462" w:rsidP="00EA074D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:lang w:val="nl-NL"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D67DF8">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:lang w:val="nl-NL"/>
               </w:rPr>
-              <w:t>20</w:t>
+              <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00F44A61">
-[...11 lines deleted...]
-            <w:r w:rsidR="00744BA5">
+            <w:r w:rsidR="002427A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:lang w:val="nl-NL"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="69AF2650" w14:textId="77777777" w:rsidR="00B60A75" w:rsidRPr="00A67F66" w:rsidRDefault="00B60A75" w:rsidP="00A67F66">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="AGaramondPro-Regular" w:hAnsi="AGaramondPro-Regular"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -599,54 +642,54 @@
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-432" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3659"/>
-        <w:gridCol w:w="5075"/>
+        <w:gridCol w:w="3658"/>
+        <w:gridCol w:w="5076"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000611AE" w:rsidRPr="00D67DF8" w14:paraId="7FC2F2EE" w14:textId="77777777" w:rsidTr="000B7664">
+      <w:tr w:rsidR="000611AE" w:rsidRPr="001F61CC" w14:paraId="7FC2F2EE" w14:textId="77777777" w:rsidTr="000B7664">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3801" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6A439F48" w14:textId="77777777" w:rsidR="000611AE" w:rsidRPr="00D67DF8" w:rsidRDefault="00785C0E" w:rsidP="00D67DF8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D67DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
@@ -759,68 +802,89 @@
                 <w:iCs/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0082B1BD" w14:textId="77777777" w:rsidR="000611AE" w:rsidRPr="00D67DF8" w:rsidRDefault="000611AE" w:rsidP="00D67DF8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5487" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30E9432D" w14:textId="77777777" w:rsidR="000611AE" w:rsidRPr="00D67DF8" w:rsidRDefault="000611AE" w:rsidP="00D67DF8">
+          <w:p w14:paraId="4986B2B2" w14:textId="78805927" w:rsidR="00B30449" w:rsidRPr="00B30449" w:rsidRDefault="00B30449" w:rsidP="00B30449">
+            <w:pPr>
+              <w:pStyle w:val="paragraph"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="nl-BE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B30449">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="nl-BE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30E9432D" w14:textId="77777777" w:rsidR="000611AE" w:rsidRPr="00B30449" w:rsidRDefault="000611AE" w:rsidP="00D67DF8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:lang w:val="fr-FR"/>
+                <w:lang w:val="nl-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000611AE" w:rsidRPr="00D67DF8" w14:paraId="4DA7DC4D" w14:textId="77777777" w:rsidTr="000B7664">
+      <w:tr w:rsidR="000611AE" w:rsidRPr="001F61CC" w14:paraId="4DA7DC4D" w14:textId="77777777" w:rsidTr="000B7664">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3801" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="74EE9B24" w14:textId="77777777" w:rsidR="000611AE" w:rsidRPr="00D67DF8" w:rsidRDefault="000611AE" w:rsidP="00D67DF8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D67DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
@@ -897,68 +961,89 @@
                 <w:iCs/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5C71765C" w14:textId="77777777" w:rsidR="000611AE" w:rsidRPr="00D67DF8" w:rsidRDefault="000611AE" w:rsidP="00D67DF8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5487" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07D691E6" w14:textId="77777777" w:rsidR="000611AE" w:rsidRPr="00D67DF8" w:rsidRDefault="000611AE" w:rsidP="00D67DF8">
+          <w:p w14:paraId="5F80B375" w14:textId="2EB039D8" w:rsidR="00B30449" w:rsidRPr="00B30449" w:rsidRDefault="00B30449" w:rsidP="00B30449">
+            <w:pPr>
+              <w:pStyle w:val="paragraph"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="nl-BE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B30449">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="nl-BE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07D691E6" w14:textId="77777777" w:rsidR="000611AE" w:rsidRPr="00B30449" w:rsidRDefault="000611AE" w:rsidP="00D67DF8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:lang w:val="fr-FR"/>
+                <w:lang w:val="nl-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000611AE" w:rsidRPr="00D67DF8" w14:paraId="06DCDEAF" w14:textId="77777777" w:rsidTr="000B7664">
+      <w:tr w:rsidR="000611AE" w:rsidRPr="001F61CC" w14:paraId="06DCDEAF" w14:textId="77777777" w:rsidTr="000B7664">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3801" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BBB5535" w14:textId="77777777" w:rsidR="000611AE" w:rsidRPr="00D67DF8" w:rsidRDefault="000611AE" w:rsidP="00D67DF8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D67DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
@@ -1022,62 +1107,62 @@
                 <w:iCs/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0099BA15" w14:textId="77777777" w:rsidR="000611AE" w:rsidRPr="00D67DF8" w:rsidRDefault="000611AE" w:rsidP="00D67DF8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5487" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="248469D5" w14:textId="77777777" w:rsidR="000611AE" w:rsidRPr="00D67DF8" w:rsidRDefault="000611AE" w:rsidP="00D67DF8">
-[...3 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+          <w:p w14:paraId="248469D5" w14:textId="77777777" w:rsidR="000611AE" w:rsidRPr="00B30449" w:rsidRDefault="000611AE" w:rsidP="001F61CC">
+            <w:pPr>
+              <w:pStyle w:val="paragraph"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:lang w:val="fr-FR"/>
+                <w:lang w:val="nl-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000611AE" w:rsidRPr="00D67DF8" w14:paraId="533008FA" w14:textId="77777777" w:rsidTr="000B7664">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3801" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6257976E" w14:textId="77777777" w:rsidR="000611AE" w:rsidRPr="00D67DF8" w:rsidRDefault="000611AE" w:rsidP="00D67DF8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
@@ -1195,83 +1280,83 @@
                 <w:iCs/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="01020359" w14:textId="77777777" w:rsidR="00AD68CF" w:rsidRPr="00D67DF8" w:rsidRDefault="00AD68CF" w:rsidP="00D67DF8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5487" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45471651" w14:textId="77777777" w:rsidR="004102E2" w:rsidRPr="00D67DF8" w:rsidRDefault="004102E2" w:rsidP="004102E2">
-[...3 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+          <w:p w14:paraId="45471651" w14:textId="77777777" w:rsidR="004102E2" w:rsidRPr="00D67DF8" w:rsidRDefault="004102E2" w:rsidP="001F61CC">
+            <w:pPr>
+              <w:pStyle w:val="paragraph"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="74D5452B" w14:textId="77777777" w:rsidR="000611AE" w:rsidRPr="000611AE" w:rsidRDefault="000611AE" w:rsidP="000611AE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34CB8778" w14:textId="41A8A9C9" w:rsidR="00785C0E" w:rsidRDefault="00DE2093" w:rsidP="00785C0E">
+    <w:p w14:paraId="34CB8778" w14:textId="1F9DFB21" w:rsidR="00785C0E" w:rsidRDefault="00DE2093" w:rsidP="00785C0E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE2093">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Lieu et date - </w:t>
       </w:r>
@@ -1311,105 +1396,50 @@
         </w:rPr>
         <w:t>datum</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B60A75" w:rsidRPr="00DE2093">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> :</w:t>
       </w:r>
       <w:r w:rsidR="00785C0E" w:rsidRPr="00DE2093">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...53 lines deleted...]
-        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F18E261" w14:textId="77777777" w:rsidR="003B0AD7" w:rsidRDefault="003B0AD7" w:rsidP="00785C0E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="78B190A1" w14:textId="77777777" w:rsidR="003B0AD7" w:rsidRDefault="003B0AD7" w:rsidP="003B0AD7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:jc w:val="center"/>
@@ -1473,51 +1503,51 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FA8F1C9" w14:textId="77777777" w:rsidR="003B0AD7" w:rsidRDefault="003B0AD7" w:rsidP="003B0AD7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F507539" w14:textId="6B5EBA1B" w:rsidR="003B0AD7" w:rsidRPr="003B0AD7" w:rsidRDefault="003B0AD7" w:rsidP="003B0AD7">
+    <w:p w14:paraId="4F507539" w14:textId="13A9131B" w:rsidR="003B0AD7" w:rsidRPr="003B0AD7" w:rsidRDefault="003B0AD7" w:rsidP="003B0AD7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B0AD7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="32"/>
@@ -1541,51 +1571,116 @@
       </w:r>
       <w:r w:rsidR="00BF7EA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">aussi </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>ce rapport en intégralité sur le site web de la section.</w:t>
+        <w:t>ce rapport en intégralité</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA6DA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>, de pr</w:t>
+      </w:r>
+      <w:r w:rsidR="00A07202">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>éférence au format PDF,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sur le site web de la </w:t>
+      </w:r>
+      <w:r w:rsidR="003B031B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>LBA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CADF74D" w14:textId="77777777" w:rsidR="003B0AD7" w:rsidRPr="003B0AD7" w:rsidRDefault="003B0AD7" w:rsidP="003B0AD7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18F53EE2" w14:textId="77777777" w:rsidR="003B0AD7" w:rsidRDefault="003B0AD7" w:rsidP="003B0AD7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
@@ -1614,383 +1709,540 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Envoyez une copie complétée aux adresses électroniques des responsables sportifs des deux ailes et de la Ligue :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50F25764" w14:textId="0BBC5788" w:rsidR="005C77D5" w:rsidRPr="005C77D5" w:rsidRDefault="00BF7EA4" w:rsidP="003B0AD7">
+    <w:p w14:paraId="50F25764" w14:textId="76E39C42" w:rsidR="005C77D5" w:rsidRPr="0047218D" w:rsidRDefault="00083DBE" w:rsidP="003B0AD7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-        <w:r w:rsidR="00BB72D4">
+        <w:r w:rsidRPr="0047218D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
+            <w:color w:val="0070C0"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
             <w:lang w:val="fr-FR"/>
           </w:rPr>
-          <w:t>tba</w:t>
+          <w:t>sportcommission@belairmodels.be</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
-        <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7C0F6C71" w14:textId="77777777" w:rsidR="005C77D5" w:rsidRPr="005C77D5" w:rsidRDefault="005C77D5" w:rsidP="003B0AD7">
+    <w:p w14:paraId="7C0F6C71" w14:textId="77777777" w:rsidR="005C77D5" w:rsidRPr="0047218D" w:rsidRDefault="005C77D5" w:rsidP="003B0AD7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="005C77D5">
+        <w:r w:rsidRPr="0047218D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
+            <w:color w:val="0070C0"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
             <w:lang w:val="fr-FR"/>
           </w:rPr>
           <w:t>jbg@aamodels.be</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="76C03870" w14:textId="77777777" w:rsidR="005C77D5" w:rsidRPr="00F44A61" w:rsidRDefault="005C77D5" w:rsidP="003B0AD7">
+    <w:p w14:paraId="76C03870" w14:textId="77777777" w:rsidR="005C77D5" w:rsidRPr="0047218D" w:rsidRDefault="005C77D5" w:rsidP="003B0AD7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F44A61">
-[...5 lines deleted...]
-          <w:iCs/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0047218D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:t>hugo.verlinde@flytovml.be</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="47421799" w14:textId="77777777" w:rsidR="003B0AD7" w:rsidRPr="00F44A61" w:rsidRDefault="003B0AD7" w:rsidP="003B0AD7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D902C9C" w14:textId="77777777" w:rsidR="003B0AD7" w:rsidRPr="00F44A61" w:rsidRDefault="003B0AD7" w:rsidP="003B0AD7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F0C4952" w14:textId="77777777" w:rsidR="003B0AD7" w:rsidRPr="00F44A61" w:rsidRDefault="003B0AD7" w:rsidP="003B0AD7">
+    <w:p w14:paraId="2F0C4952" w14:textId="13F5EB9A" w:rsidR="003B0AD7" w:rsidRPr="00F44A61" w:rsidRDefault="003B0AD7" w:rsidP="003B0AD7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F44A61">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
-        <w:t>Om zoveel mogelijk fouten te vermijden, gelieve dit formulier alleen op de computer invullen ! Na de vergadering ter plaatse afdrukken en daarna in computer formaat doorsturen aub. Publiceer dit verslag op de website van de sectie.</w:t>
+        <w:t xml:space="preserve">Om zoveel mogelijk fouten te vermijden, gelieve dit formulier alleen op de computer </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F44A61">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+        <w:t>invullen !</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F44A61">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Na de vergadering ter plaatse afdrukken en daarna in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F44A61">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+        <w:t>computer formaat</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F44A61">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> doorsturen aub. Publiceer dit verslag</w:t>
+      </w:r>
+      <w:r w:rsidR="00A07202">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, liefs in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A07202">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+        <w:t>PDF formaat</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A07202">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44A61">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> op de website van de </w:t>
+      </w:r>
+      <w:r w:rsidR="003B031B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+        <w:t>BML</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44A61">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="056590CE" w14:textId="77777777" w:rsidR="005C77D5" w:rsidRPr="00F44A61" w:rsidRDefault="005C77D5" w:rsidP="003B0AD7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2470E34A" w14:textId="77777777" w:rsidR="005C77D5" w:rsidRPr="00F44A61" w:rsidRDefault="005C77D5" w:rsidP="003B0AD7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F44A61">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
-        <w:t>Zend een kopij van dit ingevuld formulier per email aan de sportverantwoordelijken van de vleugels en de Liga :</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Zend een kopij van dit ingevuld formulier per email aan de sportverantwoordelijken van de vleugels en de </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F44A61">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+        <w:t>Liga :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="19CC470E" w14:textId="2ACC78A8" w:rsidR="005C77D5" w:rsidRPr="00F44A61" w:rsidRDefault="00A03B5F" w:rsidP="005C77D5">
+    <w:p w14:paraId="35594344" w14:textId="77777777" w:rsidR="0047218D" w:rsidRPr="0047218D" w:rsidRDefault="0047218D" w:rsidP="0047218D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-        <w:r w:rsidR="00BB72D4">
+        <w:r w:rsidRPr="0047218D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
+            <w:color w:val="0070C0"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
             <w:lang w:val="nl-BE"/>
           </w:rPr>
-          <w:t>tba</w:t>
+          <w:t>sportcommission@belairmodels.be</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
-        <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4CCEAE44" w14:textId="77777777" w:rsidR="005C77D5" w:rsidRPr="00F44A61" w:rsidRDefault="005C77D5" w:rsidP="005C77D5">
+    <w:p w14:paraId="3C764CA3" w14:textId="77777777" w:rsidR="0047218D" w:rsidRPr="0047218D" w:rsidRDefault="0047218D" w:rsidP="0047218D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="00F44A61">
+        <w:r w:rsidRPr="0047218D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
+            <w:color w:val="0070C0"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
             <w:lang w:val="nl-BE"/>
           </w:rPr>
           <w:t>jbg@aamodels.be</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="300039CD" w14:textId="77777777" w:rsidR="005C77D5" w:rsidRPr="005C77D5" w:rsidRDefault="005C77D5" w:rsidP="005C77D5">
+    <w:p w14:paraId="2166E741" w14:textId="77777777" w:rsidR="0047218D" w:rsidRPr="00715495" w:rsidRDefault="0047218D" w:rsidP="0047218D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C77D5">
-[...5 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="00715495">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>hugo.verlinde@flytovml.be</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13B631CF" w14:textId="77777777" w:rsidR="005C77D5" w:rsidRPr="003B0AD7" w:rsidRDefault="005C77D5" w:rsidP="003B0AD7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
@@ -2045,2496 +2297,2778 @@
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Membres de la </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">section – Leden van de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>sectie</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="74D535F7" w14:textId="77777777" w:rsidR="00F44A61" w:rsidRPr="00F44A61" w:rsidRDefault="00F44A61" w:rsidP="00B4380B">
+    <w:p w14:paraId="74D535F7" w14:textId="50393399" w:rsidR="00F44A61" w:rsidRPr="00F44A61" w:rsidRDefault="003A184C" w:rsidP="00B4380B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F44A61">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Mentionner uniquement les personnes qui assistent effectivement à la réunion !</w:t>
+        <w:t>Distinguer</w:t>
+      </w:r>
+      <w:r w:rsidR="00F44A61" w:rsidRPr="00F44A61">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les personnes qui assistent effectivement à la réunion </w:t>
+      </w:r>
+      <w:r w:rsidR="004A0A78">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>et celles qui veulent en faire partie</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3284441C" w14:textId="77777777" w:rsidR="00B4380B" w:rsidRPr="00F44A61" w:rsidRDefault="00F44A61" w:rsidP="00B4380B">
+    <w:p w14:paraId="632F11E3" w14:textId="77777777" w:rsidR="00521162" w:rsidRPr="00521162" w:rsidRDefault="00521162" w:rsidP="00521162">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="nl-BE"/>
+          <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F44A61">
+      <w:r w:rsidRPr="00521162">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="nl-BE"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>Maak onderscheid tussen mensen die daadwerkelijk de vergadering bijwonen en mensen die er alleen maar bij willen zijn.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1735B7EC" w14:textId="77777777" w:rsidR="0044077B" w:rsidRPr="00F44A61" w:rsidRDefault="0044077B" w:rsidP="00B4380B">
+    <w:p w14:paraId="1735B7EC" w14:textId="77777777" w:rsidR="0044077B" w:rsidRPr="00521162" w:rsidRDefault="0044077B" w:rsidP="00B4380B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="AGaramondPro-Regular" w:hAnsi="AGaramondPro-Regular"/>
-          <w:lang w:val="nl-BE"/>
+          <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5692" w:type="pct"/>
+        <w:tblW w:w="6318" w:type="pct"/>
+        <w:tblInd w:w="-1132" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1248"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1644"/>
+        <w:gridCol w:w="1544"/>
+        <w:gridCol w:w="2840"/>
+        <w:gridCol w:w="991"/>
+        <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="1134"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00557310" w:rsidRPr="0023158D" w14:paraId="411EBDF2" w14:textId="77777777" w:rsidTr="00557310">
+      <w:tr w:rsidR="00401A2E" w:rsidRPr="0023158D" w14:paraId="411EBDF2" w14:textId="54E4D4EC" w:rsidTr="00401A2E">
         <w:trPr>
           <w:trHeight w:val="536"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="661" w:type="pct"/>
+            <w:tcW w:w="737" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
-          <w:p w14:paraId="02DD92BC" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310" w:rsidP="0023158D">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="02DD92BC" w14:textId="7AC558CB" w:rsidR="007037DB" w:rsidRPr="00EB0ACD" w:rsidRDefault="007037DB" w:rsidP="00B36C5C">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0023158D">
+                <w:lang w:val="nl-NL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB0ACD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-              <w:t>Nom/ Naam</w:t>
+                <w:lang w:val="nl-NL"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nom </w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB0ACD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...11 lines deleted...]
-              <w:t>Voornaam</w:t>
+                <w:lang w:val="nl-NL"/>
+              </w:rPr>
+              <w:t>prénom</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r w:rsidRPr="00EB0ACD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0023158D">
+                <w:lang w:val="nl-NL"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Naam</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-              <w:t>Prénom</w:t>
+                <w:lang w:val="nl-NL"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="1402" w:type="pct"/>
+            <w:r w:rsidRPr="00EB0ACD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="nl-NL"/>
+              </w:rPr>
+              <w:t>voorn</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="nl-NL"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1355" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
-          <w:p w14:paraId="317C814A" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310" w:rsidP="0023158D">
+          <w:p w14:paraId="317C814A" w14:textId="12B3A7C8" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="0023158D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0023158D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Adresse postale</w:t>
             </w:r>
-            <w:r w:rsidR="00F44A61">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> complète</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>compl</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="0023158D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> /</w:t>
+              <w:t>/</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1078CE2D" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00F44A61" w:rsidP="0023158D">
+          <w:p w14:paraId="1078CE2D" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="0023158D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Volledige</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
-            <w:r w:rsidR="00557310" w:rsidRPr="0023158D">
+            <w:r w:rsidRPr="0023158D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ostadres</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="pct"/>
+            <w:tcW w:w="473" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
-          <w:p w14:paraId="058A431B" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310" w:rsidP="0023158D">
+          <w:p w14:paraId="058A431B" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="0023158D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Club</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="843" w:type="pct"/>
+            <w:tcW w:w="879" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
-          <w:p w14:paraId="243D2379" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310" w:rsidP="0023158D">
+          <w:p w14:paraId="243D2379" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="0023158D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="0023158D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>email</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="872" w:type="pct"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
-          <w:p w14:paraId="5886A96E" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310" w:rsidP="0023158D">
+          <w:p w14:paraId="5886A96E" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="0023158D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0023158D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Tel. /GSM</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="406" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+          </w:tcPr>
+          <w:p w14:paraId="283CC5F0" w14:textId="087FA3D6" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="000831EC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Prés./ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Aanw</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:footnoteReference w:id="3"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="541" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+          </w:tcPr>
+          <w:p w14:paraId="69C93654" w14:textId="276BCEA6" w:rsidR="007037DB" w:rsidRDefault="007037DB" w:rsidP="000831EC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Intéressé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:footnoteReference w:id="4"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/ Geïnteresseerd</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00557310" w:rsidRPr="0023158D" w14:paraId="392D21FE" w14:textId="77777777" w:rsidTr="001B5F29">
+      <w:tr w:rsidR="00401A2E" w:rsidRPr="0023158D" w14:paraId="392D21FE" w14:textId="67361120" w:rsidTr="00401A2E">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="661" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="3B33321F" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310">
+            <w:tcW w:w="737" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5369D6B6" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1355" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B33321F" w14:textId="1D9A542E" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="19825CC1" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310">
+            <w:tcW w:w="473" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3616A08F" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D1A6ADD" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="19825CC1" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="406" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A81B4FF" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="541" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="203BE5F3" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00557310" w:rsidRPr="0023158D" w14:paraId="1704B1CE" w14:textId="77777777" w:rsidTr="001B5F29">
+      <w:tr w:rsidR="00401A2E" w:rsidRPr="0023158D" w14:paraId="1704B1CE" w14:textId="34F14F47" w:rsidTr="00401A2E">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="661" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="20B31A2E" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310">
+            <w:tcW w:w="737" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="137DEADD" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1355" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="20B31A2E" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="7553482C" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310">
+            <w:tcW w:w="473" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1200114F" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="27A4B8D3" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7553482C" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="406" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D028D2D" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="541" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="287B32E2" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00557310" w:rsidRPr="0023158D" w14:paraId="2BF8B022" w14:textId="77777777" w:rsidTr="001B5F29">
+      <w:tr w:rsidR="00401A2E" w:rsidRPr="0023158D" w14:paraId="2BF8B022" w14:textId="195BC4A5" w:rsidTr="00401A2E">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="661" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="1C04BF80" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310">
+            <w:tcW w:w="737" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A25DC04" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1355" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C04BF80" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="5936F242" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310">
+            <w:tcW w:w="473" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D334F3D" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3473CAC7" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5936F242" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="406" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="10420960" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="541" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7093BEC9" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00557310" w:rsidRPr="0023158D" w14:paraId="2028F6F9" w14:textId="77777777" w:rsidTr="001B5F29">
+      <w:tr w:rsidR="00401A2E" w:rsidRPr="0023158D" w14:paraId="2028F6F9" w14:textId="6F0B24D8" w:rsidTr="00401A2E">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="661" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="007D9132" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310">
+            <w:tcW w:w="737" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E89E03D" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1355" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="007D9132" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="1909986B" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310">
+            <w:tcW w:w="473" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C37C948" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3331D01C" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1909986B" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="406" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="091F0AA6" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="541" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="19916E2E" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00557310" w:rsidRPr="0023158D" w14:paraId="42EB0E1C" w14:textId="77777777" w:rsidTr="001B5F29">
+      <w:tr w:rsidR="00401A2E" w:rsidRPr="0023158D" w14:paraId="42EB0E1C" w14:textId="7B3C89FD" w:rsidTr="00401A2E">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="661" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="7AA9806F" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310">
+            <w:tcW w:w="737" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E97677A" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1355" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AA9806F" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="36B7C41B" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310">
+            <w:tcW w:w="473" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="53B10C59" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A338D12" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="36B7C41B" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="406" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F146268" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="541" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C86A05A" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00557310" w:rsidRPr="0023158D" w14:paraId="2C53DC17" w14:textId="77777777" w:rsidTr="001B5F29">
+      <w:tr w:rsidR="00401A2E" w:rsidRPr="0023158D" w14:paraId="2C53DC17" w14:textId="33C276D6" w:rsidTr="00401A2E">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="661" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="40B82C9E" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310">
+            <w:tcW w:w="737" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E891AE4" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1355" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="40B82C9E" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="26EEA59A" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310">
+            <w:tcW w:w="473" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="74947A8B" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F2E1BD5" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="26EEA59A" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="406" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="09E8AE33" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="541" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4655B6ED" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00557310" w:rsidRPr="0023158D" w14:paraId="65DD29A9" w14:textId="77777777" w:rsidTr="001B5F29">
+      <w:tr w:rsidR="00401A2E" w:rsidRPr="0023158D" w14:paraId="65DD29A9" w14:textId="61576B00" w:rsidTr="00401A2E">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="661" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="4ECD563A" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310">
+            <w:tcW w:w="737" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="282F1B59" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1355" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ECD563A" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="40891450" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310">
+            <w:tcW w:w="473" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3671C683" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="45D96874" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="40891450" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="406" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="45B161E1" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="541" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="71B0D516" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00557310" w:rsidRPr="0023158D" w14:paraId="367EBC26" w14:textId="77777777" w:rsidTr="001B5F29">
+      <w:tr w:rsidR="00401A2E" w:rsidRPr="0023158D" w14:paraId="367EBC26" w14:textId="27EB9106" w:rsidTr="00401A2E">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="661" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="1AA1F236" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310">
+            <w:tcW w:w="737" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7094281C" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1355" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AA1F236" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="7E204186" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310">
+            <w:tcW w:w="473" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="51D5B1CC" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E12B116" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E204186" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="406" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1768BDA3" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="541" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1327598A" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00557310" w:rsidRPr="0023158D" w14:paraId="399D18E0" w14:textId="77777777" w:rsidTr="001B5F29">
+      <w:tr w:rsidR="00401A2E" w:rsidRPr="0023158D" w14:paraId="399D18E0" w14:textId="67A2CC1C" w:rsidTr="00401A2E">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="661" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="5ABC30CB" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310">
+            <w:tcW w:w="737" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3704CB0E" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1355" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ABC30CB" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="4F3EDC7A" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310">
+            <w:tcW w:w="473" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="00A8B7C3" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="639E6969" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F3EDC7A" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="406" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="63F3F1AE" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="541" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B7D4B3A" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00557310" w:rsidRPr="0023158D" w14:paraId="21BEE5FA" w14:textId="77777777" w:rsidTr="001B5F29">
+      <w:tr w:rsidR="00401A2E" w:rsidRPr="0023158D" w14:paraId="21BEE5FA" w14:textId="40BBCFFB" w:rsidTr="00401A2E">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="661" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="18BA5766" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310">
+            <w:tcW w:w="737" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AD01A12" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1355" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="18BA5766" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="1DD57A3B" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310">
+            <w:tcW w:w="473" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FB7AB03" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="04286C75" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DD57A3B" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="406" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="00B053A1" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="541" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="002696D8" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00557310" w:rsidRPr="0023158D" w14:paraId="44ACEF37" w14:textId="77777777" w:rsidTr="001B5F29">
+      <w:tr w:rsidR="00401A2E" w:rsidRPr="0023158D" w14:paraId="44ACEF37" w14:textId="63759AF5" w:rsidTr="00401A2E">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="661" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="2A9A7CB0" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310">
+            <w:tcW w:w="737" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="338978AB" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1355" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A9A7CB0" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="28CFBDB1" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310">
+            <w:tcW w:w="473" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="03AE3393" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CFD3464" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="28CFBDB1" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="406" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="76E451AB" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="541" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="31C69594" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00557310" w:rsidRPr="0023158D" w14:paraId="4B62B21D" w14:textId="77777777" w:rsidTr="001B5F29">
+      <w:tr w:rsidR="00401A2E" w:rsidRPr="0023158D" w14:paraId="4B62B21D" w14:textId="2A651832" w:rsidTr="00401A2E">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="661" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="203A2326" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310">
+            <w:tcW w:w="737" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3961E87F" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1355" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="203A2326" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="6A5B4B3F" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310">
+            <w:tcW w:w="473" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="71632B90" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="048B2D73" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A5B4B3F" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="406" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D60C9A3" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="541" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="035E104F" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00557310" w:rsidRPr="0023158D" w14:paraId="7F13C8FF" w14:textId="77777777" w:rsidTr="001B5F29">
+      <w:tr w:rsidR="00401A2E" w:rsidRPr="0023158D" w14:paraId="7F13C8FF" w14:textId="4AA44784" w:rsidTr="00401A2E">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="661" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="78AE1985" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310" w:rsidP="00B11466">
+            <w:tcW w:w="737" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2457D08A" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1355" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="78AE1985" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="02B1EE68" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310" w:rsidP="00B11466">
+            <w:tcW w:w="473" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A160970" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A74ECEC" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="02B1EE68" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="406" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="01C6E985" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="541" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B588239" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00557310" w:rsidRPr="0023158D" w14:paraId="4A928B15" w14:textId="77777777" w:rsidTr="001B5F29">
+      <w:tr w:rsidR="00401A2E" w:rsidRPr="0023158D" w14:paraId="4A928B15" w14:textId="2D88946F" w:rsidTr="00401A2E">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="661" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="2A979A6B" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310" w:rsidP="00B11466">
+            <w:tcW w:w="737" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3512C7D7" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1355" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A979A6B" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="0F7D076D" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310" w:rsidP="00B11466">
+            <w:tcW w:w="473" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="150BC5E1" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FB2F564" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F7D076D" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="406" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0428F92A" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="541" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BB323FD" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00557310" w:rsidRPr="0023158D" w14:paraId="1F6FF891" w14:textId="77777777" w:rsidTr="001B5F29">
+      <w:tr w:rsidR="00401A2E" w:rsidRPr="0023158D" w14:paraId="1F6FF891" w14:textId="52788D8E" w:rsidTr="00401A2E">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="661" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="329C5FB7" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310" w:rsidP="00B11466">
+            <w:tcW w:w="737" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="72EE7E17" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1355" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="329C5FB7" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="6FE42BC4" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310" w:rsidP="00B11466">
+            <w:tcW w:w="473" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3410C2CD" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="020E0BB7" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FE42BC4" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="406" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="42489A41" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="541" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="75DB691C" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00557310" w:rsidRPr="0023158D" w14:paraId="180A33A2" w14:textId="77777777" w:rsidTr="001B5F29">
+      <w:tr w:rsidR="00401A2E" w:rsidRPr="0023158D" w14:paraId="180A33A2" w14:textId="7D5C3FEB" w:rsidTr="00401A2E">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="661" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="3F070040" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310" w:rsidP="00B11466">
+            <w:tcW w:w="737" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="259F8E8C" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1355" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F070040" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="09157A87" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310" w:rsidP="00B11466">
+            <w:tcW w:w="473" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AA16926" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D4B9EBC" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="09157A87" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="406" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="206AE738" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="541" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="570D182D" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00557310" w:rsidRPr="0023158D" w14:paraId="211ACCD7" w14:textId="77777777" w:rsidTr="001B5F29">
+      <w:tr w:rsidR="00401A2E" w:rsidRPr="0023158D" w14:paraId="211ACCD7" w14:textId="2C654F4A" w:rsidTr="00401A2E">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="661" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="03218353" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310" w:rsidP="00B11466">
+            <w:tcW w:w="737" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A6B963B" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1355" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="03218353" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="286761AC" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310" w:rsidP="00B11466">
+            <w:tcW w:w="473" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="37B7CAD0" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="20EC683B" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="286761AC" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="406" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E06174F" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="541" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="459F94A9" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00557310" w:rsidRPr="0023158D" w14:paraId="3CBEC106" w14:textId="77777777" w:rsidTr="001B5F29">
+      <w:tr w:rsidR="00401A2E" w:rsidRPr="0023158D" w14:paraId="3CBEC106" w14:textId="1616FBE0" w:rsidTr="00401A2E">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="661" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="7270799C" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310" w:rsidP="00B11466">
+            <w:tcW w:w="737" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C312747" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1355" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7270799C" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="1592D33E" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310" w:rsidP="00B11466">
+            <w:tcW w:w="473" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FF64F47" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="074C4F82" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1592D33E" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="406" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AB175CF" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="541" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AC98A1C" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00557310" w:rsidRPr="0023158D" w14:paraId="5D527F4B" w14:textId="77777777" w:rsidTr="001B5F29">
+      <w:tr w:rsidR="00401A2E" w:rsidRPr="0023158D" w14:paraId="5D527F4B" w14:textId="70C3FD74" w:rsidTr="00401A2E">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="661" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="474BA082" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310" w:rsidP="00B11466">
+            <w:tcW w:w="737" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CFFD24D" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1355" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="474BA082" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="7B64991A" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310" w:rsidP="00B11466">
+            <w:tcW w:w="473" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B5987A6" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="74B5BEC6" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B64991A" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="406" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="14ACEBDF" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="541" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="29DF4E91" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00557310" w:rsidRPr="0023158D" w14:paraId="0ABA689E" w14:textId="77777777" w:rsidTr="001B5F29">
+      <w:tr w:rsidR="00401A2E" w:rsidRPr="0023158D" w14:paraId="0ABA689E" w14:textId="76D5DB3A" w:rsidTr="00401A2E">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="661" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="322F274E" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310" w:rsidP="00B11466">
+            <w:tcW w:w="737" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="40EA3C09" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1355" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="322F274E" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="527918D4" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310" w:rsidP="00B11466">
+            <w:tcW w:w="473" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5603B360" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6705541F" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="527918D4" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="406" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="560997ED" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="541" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="05483603" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00557310" w:rsidRPr="0023158D" w14:paraId="3D564959" w14:textId="77777777" w:rsidTr="001B5F29">
+      <w:tr w:rsidR="00401A2E" w:rsidRPr="0023158D" w14:paraId="3D564959" w14:textId="3E4CC0F8" w:rsidTr="00401A2E">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="661" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="07D345F0" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310" w:rsidP="00B11466">
+            <w:tcW w:w="737" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C4C2295" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1355" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="07D345F0" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="pct"/>
-[...209 lines deleted...]
-          <w:p w14:paraId="5C59E1D2" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310" w:rsidP="00B11466">
+            <w:tcW w:w="473" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F2EB704" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E300273" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="22DAC222" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="406" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="01413322" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="541" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2193C68F" w14:textId="77777777" w:rsidR="007037DB" w:rsidRPr="0023158D" w:rsidRDefault="007037DB" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4BCC8DBC" w14:textId="77777777" w:rsidR="0081097D" w:rsidRPr="003331AE" w:rsidRDefault="0081097D" w:rsidP="00B4380B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01665552" w14:textId="77777777" w:rsidR="00B60A75" w:rsidRPr="003331AE" w:rsidRDefault="003331AE" w:rsidP="00F02F5C">
       <w:pPr>
@@ -5002,61 +5536,63 @@
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Club</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="597" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
           <w:p w14:paraId="075F1A29" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="0023158D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>email</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
           <w:p w14:paraId="667B499E" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0023158D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
@@ -5067,54 +5603,56 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00557310" w:rsidRPr="0023158D" w14:paraId="2639104F" w14:textId="77777777" w:rsidTr="00F44A61">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="282" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5BAAF18E" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="774" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="4801C56E" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310" w:rsidP="0023158D">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="4801C56E" w14:textId="5BA0FC52" w:rsidR="00557310" w:rsidRPr="007B529D" w:rsidRDefault="00557310" w:rsidP="0023158D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="624" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="06FFD592" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1460" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="1FB0F5E4" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="0023158D" w:rsidRDefault="00557310">
@@ -6310,126 +6848,174 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1C7D958B" w14:textId="77777777" w:rsidR="00F80B46" w:rsidRDefault="00F80B46" w:rsidP="003B0D4E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18DEB50A" w14:textId="77777777" w:rsidR="00B60A75" w:rsidRPr="003B0D4E" w:rsidRDefault="00B60A75" w:rsidP="003B0D4E">
+    <w:p w14:paraId="2AA794BC" w14:textId="77777777" w:rsidR="00715495" w:rsidRDefault="00715495" w:rsidP="003B0D4E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31BFF1DF" w14:textId="77777777" w:rsidR="00715495" w:rsidRDefault="00715495" w:rsidP="003B0D4E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="-540"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A3186D5" w14:textId="77777777" w:rsidR="00715495" w:rsidRDefault="00715495" w:rsidP="003B0D4E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="-540"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18DEB50A" w14:textId="2BAEC112" w:rsidR="00B60A75" w:rsidRPr="003B0D4E" w:rsidRDefault="00B60A75" w:rsidP="003B0D4E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="-540"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="003B0D4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>Wedstrijden die in aanmerking komen voor het Belgisch kampioenschap</w:t>
       </w:r>
       <w:r w:rsidR="004E3D37">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:footnoteReference w:id="3"/>
+        <w:footnoteReference w:id="5"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="32D3F54F" w14:textId="77777777" w:rsidR="00B60A75" w:rsidRPr="003B0D4E" w:rsidRDefault="00B60A75" w:rsidP="003B0D4E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B0D4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Concours retenus pour le championnat de Belgique</w:t>
       </w:r>
       <w:r w:rsidR="004E3D37">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:footnoteReference w:id="4"/>
+        <w:footnoteReference w:id="6"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0876A5C7" w14:textId="77777777" w:rsidR="0044077B" w:rsidRPr="000B7664" w:rsidRDefault="003B0D4E" w:rsidP="000B7664">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5520" w:type="pct"/>
         <w:tblInd w:w="-318" w:type="dxa"/>
@@ -6558,456 +7144,547 @@
           <w:p w14:paraId="2045B16F" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Jury N°</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0023158D" w14:paraId="782CCAC1" w14:textId="77777777" w:rsidTr="001B5F29">
+      <w:tr w:rsidR="007F3CD3" w14:paraId="782CCAC1" w14:textId="77777777" w:rsidTr="001B5F29">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1523" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="28A2BD7A" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="28A2BD7A" w14:textId="73B4D8CE" w:rsidR="007F3CD3" w:rsidRPr="007B529D" w:rsidRDefault="007F3CD3" w:rsidP="007F3CD3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1014" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="064BBF1A" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="064BBF1A" w14:textId="56180CEE" w:rsidR="007F3CD3" w:rsidRPr="007B529D" w:rsidRDefault="007F3CD3" w:rsidP="007F3CD3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1522" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="22EEEA64" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="22EEEA64" w14:textId="7F2F568B" w:rsidR="007F3CD3" w:rsidRPr="007B529D" w:rsidRDefault="007F3CD3" w:rsidP="007F3CD3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:iCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="42A2BCAB" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="42A2BCAB" w14:textId="49FCB818" w:rsidR="007F3CD3" w:rsidRPr="007B529D" w:rsidRDefault="007F3CD3" w:rsidP="007F3CD3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0023158D" w14:paraId="238D3C2B" w14:textId="77777777" w:rsidTr="001B5F29">
+      <w:tr w:rsidR="007F3CD3" w14:paraId="238D3C2B" w14:textId="77777777" w:rsidTr="001B5F29">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1523" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="696B37C3" w14:textId="77777777" w:rsidR="0023158D" w:rsidRPr="0044077B" w:rsidRDefault="0023158D">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="696B37C3" w14:textId="0B19FB64" w:rsidR="007F3CD3" w:rsidRPr="007B529D" w:rsidRDefault="007F3CD3" w:rsidP="007F3CD3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1014" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5147122D" w14:textId="77777777" w:rsidR="0023158D" w:rsidRPr="0044077B" w:rsidRDefault="0023158D">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="5147122D" w14:textId="199F30A5" w:rsidR="007F3CD3" w:rsidRPr="007B529D" w:rsidRDefault="007F3CD3" w:rsidP="007F3CD3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1522" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2E911620" w14:textId="77777777" w:rsidR="0023158D" w:rsidRPr="0044077B" w:rsidRDefault="0023158D" w:rsidP="0023158D">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="2E911620" w14:textId="7F632569" w:rsidR="007F3CD3" w:rsidRPr="007B529D" w:rsidRDefault="007F3CD3" w:rsidP="007F3CD3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:iCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0F0A91EF" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="0F0A91EF" w14:textId="7BEE4893" w:rsidR="007F3CD3" w:rsidRPr="007B529D" w:rsidRDefault="007F3CD3" w:rsidP="007F3CD3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0023158D" w14:paraId="6515DEA7" w14:textId="77777777" w:rsidTr="001B5F29">
+      <w:tr w:rsidR="007F3CD3" w14:paraId="6515DEA7" w14:textId="77777777" w:rsidTr="001B5F29">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1523" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7C49F5E4" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="7C49F5E4" w14:textId="5EBB8385" w:rsidR="007F3CD3" w:rsidRPr="007B529D" w:rsidRDefault="007F3CD3" w:rsidP="007F3CD3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1014" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3C6B157A" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="3C6B157A" w14:textId="6D1877DE" w:rsidR="007F3CD3" w:rsidRPr="007B529D" w:rsidRDefault="007F3CD3" w:rsidP="007F3CD3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1522" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7323C7A7" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="7323C7A7" w14:textId="3D75D927" w:rsidR="007F3CD3" w:rsidRPr="007B529D" w:rsidRDefault="007F3CD3" w:rsidP="007F3CD3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:iCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3EAF45CF" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="3EAF45CF" w14:textId="7ECDEFCF" w:rsidR="007F3CD3" w:rsidRPr="007B529D" w:rsidRDefault="007F3CD3" w:rsidP="007F3CD3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0023158D" w14:paraId="2311E3F8" w14:textId="77777777" w:rsidTr="001B5F29">
+      <w:tr w:rsidR="007F3CD3" w14:paraId="2311E3F8" w14:textId="77777777" w:rsidTr="001B5F29">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1523" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="130B9F50" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="130B9F50" w14:textId="04E19EC2" w:rsidR="007F3CD3" w:rsidRPr="007B529D" w:rsidRDefault="007F3CD3" w:rsidP="007F3CD3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1014" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3FEB7018" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="3FEB7018" w14:textId="660264CB" w:rsidR="007F3CD3" w:rsidRPr="007B529D" w:rsidRDefault="007F3CD3" w:rsidP="007F3CD3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1522" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="46380CC1" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="46380CC1" w14:textId="659025AE" w:rsidR="007F3CD3" w:rsidRPr="007B529D" w:rsidRDefault="007F3CD3" w:rsidP="007F3CD3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:iCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6F4E1F41" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="6F4E1F41" w14:textId="5AB17987" w:rsidR="007F3CD3" w:rsidRPr="007B529D" w:rsidRDefault="007F3CD3" w:rsidP="007F3CD3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0023158D" w14:paraId="5A4CB67B" w14:textId="77777777" w:rsidTr="001B5F29">
+      <w:tr w:rsidR="007F3CD3" w14:paraId="5A4CB67B" w14:textId="77777777" w:rsidTr="001B5F29">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1523" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0063758B" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="0063758B" w14:textId="386818B2" w:rsidR="007F3CD3" w:rsidRPr="007B529D" w:rsidRDefault="007F3CD3" w:rsidP="007F3CD3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1014" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="02A0FDD0" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="02A0FDD0" w14:textId="30C60986" w:rsidR="007F3CD3" w:rsidRPr="007B529D" w:rsidRDefault="007F3CD3" w:rsidP="007F3CD3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1522" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7535BD66" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="7535BD66" w14:textId="773E6C1A" w:rsidR="007F3CD3" w:rsidRPr="007B529D" w:rsidRDefault="007F3CD3" w:rsidP="007F3CD3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:iCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="29AFDA0C" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="29AFDA0C" w14:textId="5E94383D" w:rsidR="007F3CD3" w:rsidRPr="007B529D" w:rsidRDefault="007F3CD3" w:rsidP="007F3CD3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0023158D" w14:paraId="0733B424" w14:textId="77777777" w:rsidTr="001B5F29">
+      <w:tr w:rsidR="007F3CD3" w14:paraId="0733B424" w14:textId="77777777" w:rsidTr="001B5F29">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1523" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="4C016865" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="4C016865" w14:textId="0053B32F" w:rsidR="007F3CD3" w:rsidRPr="007B529D" w:rsidRDefault="007F3CD3" w:rsidP="007F3CD3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1014" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6D0ED11E" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="6D0ED11E" w14:textId="6E5CFC9B" w:rsidR="007F3CD3" w:rsidRPr="007B529D" w:rsidRDefault="007F3CD3" w:rsidP="007F3CD3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1522" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6C795159" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="6C795159" w14:textId="60711C71" w:rsidR="007F3CD3" w:rsidRPr="007B529D" w:rsidRDefault="007F3CD3" w:rsidP="007F3CD3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:iCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0532C171" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="0532C171" w14:textId="0C88354A" w:rsidR="007F3CD3" w:rsidRPr="007B529D" w:rsidRDefault="007F3CD3" w:rsidP="007F3CD3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C77D5" w14:paraId="00F5AF36" w14:textId="77777777" w:rsidTr="00967128">
+      <w:tr w:rsidR="007F3CD3" w14:paraId="00F5AF36" w14:textId="77777777" w:rsidTr="00967128">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1523" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6592835F" w14:textId="77777777" w:rsidR="005C77D5" w:rsidRPr="0044077B" w:rsidRDefault="005C77D5" w:rsidP="00967128">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="6592835F" w14:textId="4AD33EE5" w:rsidR="007F3CD3" w:rsidRPr="007B529D" w:rsidRDefault="007F3CD3" w:rsidP="007F3CD3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1014" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="40C6B97D" w14:textId="77777777" w:rsidR="005C77D5" w:rsidRPr="0044077B" w:rsidRDefault="005C77D5" w:rsidP="00967128">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="40C6B97D" w14:textId="283D1820" w:rsidR="007F3CD3" w:rsidRPr="007B529D" w:rsidRDefault="007F3CD3" w:rsidP="007F3CD3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1522" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="22C6D26B" w14:textId="77777777" w:rsidR="005C77D5" w:rsidRPr="0044077B" w:rsidRDefault="005C77D5" w:rsidP="00967128">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="22C6D26B" w14:textId="78F348CF" w:rsidR="007F3CD3" w:rsidRPr="007B529D" w:rsidRDefault="007F3CD3" w:rsidP="007F3CD3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:iCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="40831CD3" w14:textId="77777777" w:rsidR="005C77D5" w:rsidRPr="0044077B" w:rsidRDefault="005C77D5" w:rsidP="00967128">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="40831CD3" w14:textId="260DC2B4" w:rsidR="007F3CD3" w:rsidRPr="007B529D" w:rsidRDefault="007F3CD3" w:rsidP="007F3CD3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005C77D5" w14:paraId="38B0D870" w14:textId="77777777" w:rsidTr="00967128">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1523" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="6C4F54F3" w14:textId="77777777" w:rsidR="005C77D5" w:rsidRPr="0044077B" w:rsidRDefault="005C77D5" w:rsidP="00967128">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1014" w:type="pct"/>
@@ -7364,72 +8041,84 @@
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> hors champ</w:t>
       </w:r>
       <w:r w:rsidR="00EA074D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>ionnat</w:t>
       </w:r>
       <w:r w:rsidR="005C77D5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> belge</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005C77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>belge</w:t>
       </w:r>
       <w:r w:rsidR="000647DE" w:rsidRPr="00557310">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="000647DE" w:rsidRPr="00F44A61">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00F02F5C" w:rsidRPr="00F44A61">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Andere </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000647DE" w:rsidRPr="00F44A61">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>wedstrijden</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000647DE" w:rsidRPr="00F44A61">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -7550,51 +8239,51 @@
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5358" w:type="pct"/>
         <w:tblInd w:w="-318" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2786"/>
         <w:gridCol w:w="1857"/>
         <w:gridCol w:w="2787"/>
         <w:gridCol w:w="1456"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000647DE" w14:paraId="662B707F" w14:textId="77777777" w:rsidTr="001B5F29">
+      <w:tr w:rsidR="000647DE" w14:paraId="662B707F" w14:textId="77777777" w:rsidTr="00EE320C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1568" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
           <w:p w14:paraId="4725C778" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0044077B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -7653,361 +8342,255 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0044077B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Club</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="820" w:type="pct"/>
+            <w:tcW w:w="819" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
           <w:p w14:paraId="067C35DF" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Jury N°</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000647DE" w14:paraId="24467B7E" w14:textId="77777777" w:rsidTr="001B5F29">
+      <w:tr w:rsidR="007B529D" w:rsidRPr="007B529D" w14:paraId="24467B7E" w14:textId="77777777" w:rsidTr="00EE320C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1568" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2B8792BA" w14:textId="77777777" w:rsidR="0023158D" w:rsidRPr="0044077B" w:rsidRDefault="0023158D" w:rsidP="00B11466">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="2B8792BA" w14:textId="6C181273" w:rsidR="0023158D" w:rsidRPr="007B529D" w:rsidRDefault="0023158D" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1045" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0B14B434" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE" w:rsidP="00B11466">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="0B14B434" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="007B529D" w:rsidRDefault="000647DE" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1568" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3451DF12" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE" w:rsidP="00B11466">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="3451DF12" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="007B529D" w:rsidRDefault="000647DE" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:iCs/>
-                <w:sz w:val="22"/>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="00B0F0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="819" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="43E78783" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="007B529D" w:rsidRDefault="000647DE" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000647DE" w14:paraId="3FD6C83E" w14:textId="77777777" w:rsidTr="001B5F29">
+      <w:tr w:rsidR="000647DE" w14:paraId="3FD6C83E" w14:textId="77777777" w:rsidTr="00EE320C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1568" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3EFC4E84" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1045" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="705CEB34" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1568" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="37B80E25" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="820" w:type="pct"/>
+            <w:tcW w:w="819" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="2B037CC8" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000647DE" w14:paraId="3D5B9584" w14:textId="77777777" w:rsidTr="001B5F29">
+      <w:tr w:rsidR="000647DE" w14:paraId="4FD07F0D" w14:textId="77777777" w:rsidTr="00EE320C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1568" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2DCCC638" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE" w:rsidP="00B11466">
+          <w:p w14:paraId="148D451A" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1045" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="23DD2810" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE" w:rsidP="00B11466">
+          <w:p w14:paraId="0AA0B085" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1568" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7656BFDB" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE" w:rsidP="00B11466">
+          <w:p w14:paraId="51A08906" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="820" w:type="pct"/>
-[...117 lines deleted...]
-            <w:tcW w:w="820" w:type="pct"/>
+            <w:tcW w:w="819" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="16B5998D" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0CA704D8" w14:textId="77777777" w:rsidR="00F80B46" w:rsidRPr="0023158D" w:rsidRDefault="00F80B46" w:rsidP="003B0D4E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
@@ -8018,131 +8601,118 @@
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003331AE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve">Andere </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00F02F5C" w:rsidRPr="003331AE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:t>manifestaties</w:t>
       </w:r>
       <w:r w:rsidRPr="003331AE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> / </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003331AE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
-        <w:t>autres</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003331AE">
+        <w:t xml:space="preserve"> autres </w:t>
+      </w:r>
+      <w:r w:rsidR="00F02F5C" w:rsidRPr="003331AE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>manifestations</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5358" w:type="pct"/>
         <w:tblInd w:w="-318" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2786"/>
         <w:gridCol w:w="1857"/>
         <w:gridCol w:w="2787"/>
         <w:gridCol w:w="1456"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000647DE" w14:paraId="4EE6E960" w14:textId="77777777" w:rsidTr="001B5F29">
+      <w:tr w:rsidR="000647DE" w14:paraId="4EE6E960" w14:textId="77777777" w:rsidTr="00EE320C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1568" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
           <w:p w14:paraId="66516DE2" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0044077B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -8201,361 +8771,255 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0044077B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Club</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="820" w:type="pct"/>
+            <w:tcW w:w="819" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
           <w:p w14:paraId="4F6E20A3" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Jury N°</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000647DE" w14:paraId="58B43F10" w14:textId="77777777" w:rsidTr="001B5F29">
+      <w:tr w:rsidR="007B529D" w:rsidRPr="007B529D" w14:paraId="58B43F10" w14:textId="77777777" w:rsidTr="00EE320C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1568" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0B93F1C1" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE" w:rsidP="00B11466">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="0B93F1C1" w14:textId="21EAFDC8" w:rsidR="000647DE" w:rsidRPr="007B529D" w:rsidRDefault="000647DE" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1045" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="45AE1F7A" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE" w:rsidP="00B11466">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="45AE1F7A" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="007B529D" w:rsidRDefault="000647DE" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1568" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="43FA6529" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE" w:rsidP="00B11466">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="43FA6529" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="007B529D" w:rsidRDefault="000647DE" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:iCs/>
-                <w:sz w:val="22"/>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="00B0F0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="819" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7807A790" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="007B529D" w:rsidRDefault="000647DE" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000647DE" w14:paraId="5ED5D802" w14:textId="77777777" w:rsidTr="001B5F29">
+      <w:tr w:rsidR="000647DE" w14:paraId="5ED5D802" w14:textId="77777777" w:rsidTr="00EE320C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1568" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="15E43D7B" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1045" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7017440A" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1568" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="479A21DA" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="820" w:type="pct"/>
+            <w:tcW w:w="819" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7F118986" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000647DE" w14:paraId="2A39C94F" w14:textId="77777777" w:rsidTr="001B5F29">
+      <w:tr w:rsidR="000647DE" w14:paraId="50FD41D5" w14:textId="77777777" w:rsidTr="00EE320C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1568" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="4CCCA828" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE" w:rsidP="00B11466">
+          <w:p w14:paraId="7DD87818" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1045" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="625BE1CB" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE" w:rsidP="00B11466">
+          <w:p w14:paraId="748419EA" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1568" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="79F20BB9" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE" w:rsidP="00B11466">
+          <w:p w14:paraId="0AE3271D" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="820" w:type="pct"/>
-[...117 lines deleted...]
-            <w:tcW w:w="820" w:type="pct"/>
+            <w:tcW w:w="819" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="476035D0" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="0044077B" w:rsidRDefault="000647DE" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1ED356FB" w14:textId="77777777" w:rsidR="00F80B46" w:rsidRDefault="00F80B46" w:rsidP="003B0D4E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
@@ -8583,693 +9047,656 @@
           <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F80B46">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Catégories pratiquées</w:t>
       </w:r>
       <w:r w:rsidR="00D4291B">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:footnoteReference w:id="5"/>
+        <w:footnoteReference w:id="7"/>
       </w:r>
       <w:r w:rsidRPr="00F80B46">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> et déroulement des concours</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BD5F73E" w14:textId="77777777" w:rsidR="00B60A75" w:rsidRPr="00F80B46" w:rsidRDefault="00B60A75" w:rsidP="00F02F5C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F80B46">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t xml:space="preserve">Beoefende </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> en verloop van de wedstrijden</w:t>
+        <w:t>Beoefende categoriën en verloop van de wedstrijden</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A7AE848" w14:textId="77777777" w:rsidR="00F80B46" w:rsidRPr="00F44A61" w:rsidRDefault="00F80B46" w:rsidP="00F02F5C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="182DD512" w14:textId="77777777" w:rsidR="00B60A75" w:rsidRPr="00F44A61" w:rsidRDefault="00B60A75" w:rsidP="00F02F5C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F44A61">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
-        <w:t>Catégories</w:t>
-[...51 lines deleted...]
-        <w:t>..................................................</w:t>
+        <w:t>Catégories/categoriën:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7734888B" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="00F44A61" w:rsidRDefault="000647DE" w:rsidP="00F02F5C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35673189" w14:textId="77777777" w:rsidR="00F80B46" w:rsidRPr="001D230D" w:rsidRDefault="00F80B46" w:rsidP="00F02F5C">
+    <w:p w14:paraId="35673189" w14:textId="623A587E" w:rsidR="00F80B46" w:rsidRPr="001D230D" w:rsidRDefault="00F80B46" w:rsidP="00F02F5C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001D230D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t>Heure</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Heure de fin des inscriptions/einde van de </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001D230D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de fin des </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>insc</w:t>
+      </w:r>
+      <w:r w:rsidR="001D230D" w:rsidRPr="001D230D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
       <w:r w:rsidRPr="001D230D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t>inscriptions</w:t>
-[...22 lines deleted...]
-      </w:r>
+        <w:t>rijvingen :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="52E4241E" w14:textId="77777777" w:rsidR="00B60A75" w:rsidRPr="001D230D" w:rsidRDefault="00B60A75" w:rsidP="00F02F5C">
+    <w:p w14:paraId="52E4241E" w14:textId="7361C2D2" w:rsidR="00B60A75" w:rsidRPr="001D230D" w:rsidRDefault="00B60A75" w:rsidP="00F02F5C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001D230D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t>Heure</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Heure de </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001D230D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>début /</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001D230D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001D230D" w:rsidRPr="001D230D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wedstrijd </w:t>
+      </w:r>
       <w:r w:rsidRPr="001D230D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t>début</w:t>
-[...28 lines deleted...]
-        <w:t>begint om: .............................................</w:t>
+        <w:t xml:space="preserve">begint om: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="154A7A74" w14:textId="77777777" w:rsidR="00B60A75" w:rsidRPr="00F80B46" w:rsidRDefault="00B60A75" w:rsidP="00F02F5C">
+    <w:p w14:paraId="154A7A74" w14:textId="087BE575" w:rsidR="00B60A75" w:rsidRPr="009B72C2" w:rsidRDefault="00B60A75" w:rsidP="00F02F5C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F80B46">
+      <w:r w:rsidRPr="009B72C2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t>Droits</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F80B46">
+        <w:t xml:space="preserve">Droits </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009B72C2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F80B46">
+        <w:t>d’inscription /</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009B72C2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t>d’inscription</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> / inschrijvingsgeld: ............................</w:t>
+        <w:t xml:space="preserve"> inschrijvingsgeld: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="654868AA" w14:textId="77777777" w:rsidR="00B60A75" w:rsidRPr="00F44A61" w:rsidRDefault="000647DE" w:rsidP="00F02F5C">
+    <w:p w14:paraId="654868AA" w14:textId="5EF6392C" w:rsidR="00B60A75" w:rsidRPr="00715495" w:rsidRDefault="000647DE" w:rsidP="00F02F5C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F44A61">
+      <w:r w:rsidRPr="00715495">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t>Nombre</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F44A61">
+        <w:t xml:space="preserve">Nombre de membres du </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00715495">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F44A61">
+        <w:t xml:space="preserve">jury </w:t>
+      </w:r>
+      <w:r w:rsidR="00B60A75" w:rsidRPr="00715495">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t>membres</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F44A61">
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B60A75" w:rsidRPr="00715495">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t xml:space="preserve"> du jury </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B60A75" w:rsidRPr="00F44A61">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001D230D" w:rsidRPr="00715495">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t xml:space="preserve">/ </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001D230D" w:rsidRPr="00F44A61">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00B60A75" w:rsidRPr="00715495">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t>A</w:t>
-[...6 lines deleted...]
-        <w:t>antal juryleden ...............</w:t>
+        <w:t xml:space="preserve">antal juryleden </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25E42843" w14:textId="77777777" w:rsidR="00B60A75" w:rsidRPr="00F44A61" w:rsidRDefault="00B60A75" w:rsidP="00F02F5C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F44A61">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t>Personnel</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Personnel à prévoir par le </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F44A61">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t xml:space="preserve"> à </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F44A61">
+        <w:t>club</w:t>
+      </w:r>
+      <w:r w:rsidR="00F80B46" w:rsidRPr="00F44A61">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t>prévoir</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F44A61">
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F80B46" w:rsidRPr="00F44A61">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t xml:space="preserve"> par </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F44A61">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F80B46">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t>le</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F44A61">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F80B46">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t xml:space="preserve"> club</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> door de club te voorzien:</w:t>
+        <w:t>ersonneel door de club te voorzien:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CE95866" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="00F44A61" w:rsidRDefault="00B60A75" w:rsidP="003331AE">
+    <w:p w14:paraId="5EF11486" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="009B72C2" w:rsidRDefault="000647DE" w:rsidP="003331AE">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F44A61">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="5EF11486" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="00F44A61" w:rsidRDefault="000647DE" w:rsidP="003331AE">
+    <w:p w14:paraId="61AD3FDB" w14:textId="77777777" w:rsidR="003331AE" w:rsidRPr="00715495" w:rsidRDefault="003331AE" w:rsidP="003331AE">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="009B72C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715495">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Autres modalités / Andere </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00715495">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>behoeften</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="61AD3FDB" w14:textId="77777777" w:rsidR="003331AE" w:rsidRPr="00F44A61" w:rsidRDefault="003331AE" w:rsidP="003331AE">
+    <w:p w14:paraId="5C4E08D6" w14:textId="77777777" w:rsidR="00F80B46" w:rsidRPr="00715495" w:rsidRDefault="00F80B46" w:rsidP="00F02F5C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F44A61">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="4E7792F8" w14:textId="77777777" w:rsidR="003331AE" w:rsidRPr="00F44A61" w:rsidRDefault="003331AE" w:rsidP="003331AE">
+    <w:p w14:paraId="0123160F" w14:textId="77777777" w:rsidR="009B6BBB" w:rsidRPr="00715495" w:rsidRDefault="009B6BBB" w:rsidP="00F02F5C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F44A61">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="5C4E08D6" w14:textId="77777777" w:rsidR="00F80B46" w:rsidRPr="00F44A61" w:rsidRDefault="00F80B46" w:rsidP="00F02F5C">
+    <w:p w14:paraId="4C1DEE2D" w14:textId="77777777" w:rsidR="009B6BBB" w:rsidRPr="00715495" w:rsidRDefault="009B6BBB" w:rsidP="00F02F5C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38B5E44A" w14:textId="77777777" w:rsidR="003331AE" w:rsidRPr="003331AE" w:rsidRDefault="003331AE" w:rsidP="003331AE">
+    <w:p w14:paraId="6A507CD7" w14:textId="77777777" w:rsidR="009B6BBB" w:rsidRPr="00715495" w:rsidRDefault="009B6BBB" w:rsidP="00F02F5C">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="-540"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16744054" w14:textId="77777777" w:rsidR="009B6BBB" w:rsidRDefault="009B6BBB" w:rsidP="00F02F5C">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="-540"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59C7E42E" w14:textId="77777777" w:rsidR="009B6BBB" w:rsidRDefault="009B6BBB" w:rsidP="00F02F5C">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="-540"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DADF28D" w14:textId="77777777" w:rsidR="009B6BBB" w:rsidRPr="00EE320C" w:rsidRDefault="009B6BBB" w:rsidP="00F02F5C">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="-540"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C5E3906" w14:textId="77777777" w:rsidR="009B6BBB" w:rsidRDefault="009B6BBB" w:rsidP="003331AE">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="-540"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38B5E44A" w14:textId="23D48E27" w:rsidR="003331AE" w:rsidRPr="003331AE" w:rsidRDefault="003331AE" w:rsidP="003331AE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003331AE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Volontaires - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003331AE">
@@ -9586,102 +10013,114 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>volont</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F44A61">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000647DE" w:rsidRPr="00F44A61" w14:paraId="1FE8BEF5" w14:textId="77777777" w:rsidTr="001B5F29">
+      <w:tr w:rsidR="007B529D" w:rsidRPr="007B529D" w14:paraId="1FE8BEF5" w14:textId="77777777" w:rsidTr="001B5F29">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1642" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="4D8B7D5A" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="00F44A61" w:rsidRDefault="000647DE" w:rsidP="00B11466">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="4D8B7D5A" w14:textId="382FFB9D" w:rsidR="000647DE" w:rsidRPr="007B529D" w:rsidRDefault="000647DE" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7B54CA78" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="00F44A61" w:rsidRDefault="000647DE" w:rsidP="00B11466">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="7B54CA78" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="007B529D" w:rsidRDefault="000647DE" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1568" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7EE8698E" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="00F44A61" w:rsidRDefault="000647DE" w:rsidP="00B11466">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="7EE8698E" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="007B529D" w:rsidRDefault="000647DE" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:iCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="746" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3526787A" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="00F44A61" w:rsidRDefault="000647DE" w:rsidP="00B11466">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="3526787A" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="007B529D" w:rsidRDefault="000647DE" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000647DE" w:rsidRPr="00F44A61" w14:paraId="5AF5230C" w14:textId="77777777" w:rsidTr="001B5F29">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1642" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3EF2804A" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="00F44A61" w:rsidRDefault="000647DE" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="pct"/>
@@ -9812,175 +10251,116 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1568" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="28FF1B4A" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="00F44A61" w:rsidRDefault="000647DE" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="746" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5DC6B8D4" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="00F44A61" w:rsidRDefault="000647DE" w:rsidP="00B11466">
-            <w:pPr>
-[...57 lines deleted...]
-          <w:p w14:paraId="672543F4" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="00F44A61" w:rsidRDefault="000647DE" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="528F236B" w14:textId="77777777" w:rsidR="00B60A75" w:rsidRPr="00F80B46" w:rsidRDefault="00F80B46" w:rsidP="007B19D9">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto" w:shadow="1"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00744BA5">
+      <w:r w:rsidRPr="007037DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00B60A75" w:rsidRPr="00F80B46">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Rangschikkingsberekening voor het Belgisch Kampioenschap</w:t>
       </w:r>
       <w:r w:rsidR="004E3D37">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:footnoteReference w:id="6"/>
+        <w:footnoteReference w:id="8"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="584E9477" w14:textId="77777777" w:rsidR="00B60A75" w:rsidRPr="00F80B46" w:rsidRDefault="00B60A75" w:rsidP="007B19D9">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto" w:shadow="1"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F44A61">
         <w:rPr>
@@ -9991,51 +10371,51 @@
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Mode de classement pour le Championnat de </w:t>
       </w:r>
       <w:r w:rsidRPr="00F80B46">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Belgique</w:t>
       </w:r>
       <w:r w:rsidR="004E3D37">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:footnoteReference w:id="7"/>
+        <w:footnoteReference w:id="9"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="59A275D7" w14:textId="77777777" w:rsidR="0081097D" w:rsidRDefault="00B60A75" w:rsidP="007B19D9">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto" w:shadow="1"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F80B46">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
@@ -10070,2004 +10450,1370 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>Duidelijk stellen hoeveel wedstrijden</w:t>
       </w:r>
       <w:r w:rsidR="0081097D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t xml:space="preserve"> men in acht neemt</w:t>
       </w:r>
       <w:r w:rsidRPr="00F80B46">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>, welk aantal uit de beste vluchten, enz.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49F07DF6" w14:textId="77777777" w:rsidR="000647DE" w:rsidRDefault="000647DE" w:rsidP="007B19D9">
+    <w:p w14:paraId="130E8F72" w14:textId="77777777" w:rsidR="0053039F" w:rsidRDefault="0053039F" w:rsidP="007B19D9">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto" w:shadow="1"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A1D2275" w14:textId="77777777" w:rsidR="000647DE" w:rsidRDefault="000647DE" w:rsidP="007B19D9">
+    <w:p w14:paraId="0C14BD1A" w14:textId="77777777" w:rsidR="0053039F" w:rsidRDefault="0053039F" w:rsidP="007B19D9">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto" w:shadow="1"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3ABF9F0C" w14:textId="77777777" w:rsidR="000647DE" w:rsidRDefault="000647DE" w:rsidP="007B19D9">
+    <w:p w14:paraId="33AD1482" w14:textId="77777777" w:rsidR="0053039F" w:rsidRDefault="0053039F" w:rsidP="007B19D9">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto" w:shadow="1"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64456035" w14:textId="77777777" w:rsidR="000647DE" w:rsidRDefault="000647DE" w:rsidP="007B19D9">
+    <w:p w14:paraId="0A59C43D" w14:textId="77777777" w:rsidR="0053039F" w:rsidRDefault="0053039F" w:rsidP="007B19D9">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto" w:shadow="1"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5488AAB8" w14:textId="77777777" w:rsidR="000647DE" w:rsidRDefault="000647DE" w:rsidP="007B19D9">
+    <w:p w14:paraId="2DEEB86C" w14:textId="77777777" w:rsidR="005773D2" w:rsidRDefault="005773D2" w:rsidP="007B19D9">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto" w:shadow="1"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A0A2A0A" w14:textId="77777777" w:rsidR="000647DE" w:rsidRDefault="000647DE" w:rsidP="007B19D9">
+    <w:p w14:paraId="57EE01F5" w14:textId="77777777" w:rsidR="005773D2" w:rsidRDefault="005773D2" w:rsidP="007B19D9">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto" w:shadow="1"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12FB8944" w14:textId="77777777" w:rsidR="000647DE" w:rsidRDefault="000647DE" w:rsidP="007B19D9">
+    <w:p w14:paraId="569A8F9B" w14:textId="77777777" w:rsidR="005773D2" w:rsidRDefault="005773D2" w:rsidP="007B19D9">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto" w:shadow="1"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56CDC20E" w14:textId="77777777" w:rsidR="000647DE" w:rsidRDefault="000647DE" w:rsidP="007B19D9">
+    <w:p w14:paraId="514FE7D8" w14:textId="77777777" w:rsidR="0053039F" w:rsidRDefault="0053039F" w:rsidP="007B19D9">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto" w:shadow="1"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E9A7073" w14:textId="77777777" w:rsidR="000647DE" w:rsidRDefault="000647DE" w:rsidP="007B19D9">
+    <w:p w14:paraId="5488AAB8" w14:textId="017E2D47" w:rsidR="000647DE" w:rsidRPr="00715495" w:rsidRDefault="000647DE" w:rsidP="007B19D9">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto" w:shadow="1"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="00B0F0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="nl-NL"/>
+          <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75D8ABB0" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="00F80B46" w:rsidRDefault="000647DE" w:rsidP="007B19D9">
-[...19 lines deleted...]
-    <w:p w14:paraId="143F7CD2" w14:textId="77777777" w:rsidR="00835642" w:rsidRDefault="00835642" w:rsidP="003B0D4E">
+    <w:p w14:paraId="143F7CD2" w14:textId="77777777" w:rsidR="00835642" w:rsidRPr="00715495" w:rsidRDefault="00835642" w:rsidP="003B0D4E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="nl-NL"/>
+          <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62A43DC2" w14:textId="77777777" w:rsidR="00B60A75" w:rsidRPr="00F80B46" w:rsidRDefault="00B60A75" w:rsidP="0081097D">
-[...158 lines deleted...]
-    <w:p w14:paraId="13846DFA" w14:textId="77777777" w:rsidR="00835642" w:rsidRPr="00616B93" w:rsidRDefault="00835642" w:rsidP="007B19D9">
+    <w:p w14:paraId="13846DFA" w14:textId="77777777" w:rsidR="00835642" w:rsidRPr="00715495" w:rsidRDefault="00835642" w:rsidP="007B19D9">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
+          <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A7BC6BE" w14:textId="521DC02D" w:rsidR="00B60A75" w:rsidRPr="001827E2" w:rsidRDefault="00B60A75" w:rsidP="0091296D">
+    <w:p w14:paraId="1E6679B0" w14:textId="77777777" w:rsidR="00673F02" w:rsidRPr="00DE6D73" w:rsidRDefault="00673F02" w:rsidP="0091296D">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="fr-FR"/>
-[...59 lines deleted...]
-          <w:iCs/>
+          <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="428B0684" w14:textId="77777777" w:rsidR="00F44A61" w:rsidRPr="00F44A61" w:rsidRDefault="00F44A61" w:rsidP="00F44A61">
-[...344 lines deleted...]
-    <w:p w14:paraId="13448EA8" w14:textId="0D89FC4A" w:rsidR="007B19D9" w:rsidRPr="001827E2" w:rsidRDefault="007B19D9" w:rsidP="0091296D">
+    <w:p w14:paraId="2614B85C" w14:textId="04CB871D" w:rsidR="00673F02" w:rsidRPr="001827E2" w:rsidRDefault="00E1115B" w:rsidP="0091296D">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="nl-BE"/>
+          <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001827E2">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="nl-BE"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="0091296D" w:rsidRPr="001827E2">
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Mode</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1115B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="nl-BE"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00E766CA">
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="nl-BE"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00B26FD1">
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1115B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="nl-BE"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> classement pour la participation à un championnat </w:t>
+      </w:r>
+      <w:r w:rsidR="007037DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">FAI </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1115B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>en 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00000670">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4821874A" w14:textId="77777777" w:rsidR="007B19D9" w:rsidRDefault="007B19D9" w:rsidP="007B19D9">
+    <w:p w14:paraId="54C24E06" w14:textId="1F7531F7" w:rsidR="007C17E9" w:rsidRPr="00514967" w:rsidRDefault="007C17E9" w:rsidP="009E1779">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
+          <w:left w:val="single" w:sz="4" w:space="31" w:color="auto" w:shadow="1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00514967">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le classement de la sélection doit être décrit en détail dans </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ce</w:t>
+      </w:r>
+      <w:r w:rsidR="000955CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tte section</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00514967">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Au moins 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>concours</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00514967">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> internationaux doivent être pris en compte dans le calcul du classement des sélections.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="462CB91A" w14:textId="4F33CA58" w:rsidR="00F44A61" w:rsidRPr="00514967" w:rsidRDefault="00514967" w:rsidP="009E1779">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
+          <w:left w:val="single" w:sz="4" w:space="31" w:color="auto" w:shadow="1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00514967">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sauf mention </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB0147">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">du </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00514967">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>contraire, les 3 premiers pilotes de ce classement de sélection constitueront la sélection. Si un pilote refuse sa sélection, il sera remplacé par le 4ème, le 5ème... du classement de sélection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23A2F713" w14:textId="77777777" w:rsidR="00514967" w:rsidRDefault="00514967" w:rsidP="00F44A61">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49500DEE" w14:textId="77777777" w:rsidR="007B19D9" w:rsidRPr="007B19D9" w:rsidRDefault="007B19D9" w:rsidP="007B19D9">
+    <w:p w14:paraId="4602B6BA" w14:textId="64CC2645" w:rsidR="00F50E82" w:rsidRDefault="00D23E8C" w:rsidP="00673F02">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B19D9">
-[...7 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
-        <w:t xml:space="preserve">De selectie is voortaan gebaseerd op de plaatsen die bereikt werden door de piloten </w:t>
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>Rangschikkingsberekening</w:t>
+      </w:r>
+      <w:r w:rsidR="004B5888">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
-        <w:t>op</w:t>
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t xml:space="preserve"> voor deelname</w:t>
+      </w:r>
+      <w:r w:rsidR="007B19D9" w:rsidRPr="001827E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
+        <w:t xml:space="preserve"> aan een</w:t>
+      </w:r>
+      <w:r w:rsidR="007037DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001827E2">
-[...8 lines deleted...]
-          <w:u w:val="single"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007037DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
-        <w:t>internationale wedstrijden</w:t>
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>FAI</w:t>
+      </w:r>
+      <w:r w:rsidR="007B19D9" w:rsidRPr="001827E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> va</w:t>
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0091296D" w:rsidRPr="001827E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
-        <w:t>n</w:t>
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>kampioenschap</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E766CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="004B5888">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
-        <w:t>laaste</w:t>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r w:rsidR="00E766CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
-        <w:t>, of de twee</w:t>
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00000670">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> laatste</w:t>
-[...64 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>7</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F333A74" w14:textId="77777777" w:rsidR="007B19D9" w:rsidRDefault="007B19D9" w:rsidP="007B19D9">
+    <w:p w14:paraId="3967AA0B" w14:textId="392A1B77" w:rsidR="00F07EC8" w:rsidRPr="00514967" w:rsidRDefault="00F07EC8" w:rsidP="00673F02">
       <w:pPr>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
-          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
+          <w:left w:val="single" w:sz="4" w:space="30" w:color="auto" w:shadow="1"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...92 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+      <w:r w:rsidRPr="00BB0147">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="007B19D9">
+        <w:t xml:space="preserve">De selectie-rangschikking moet gedetailleerd beschreven zijn in dit </w:t>
+      </w:r>
+      <w:r w:rsidR="000955CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
-        <w:t>Twee internationale wedstrijden van v</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>deel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB0147">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
-        <w:t>orig jaar</w:t>
-[...26 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D4630">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
-        <w:t>Als eventuele herkansing, een of twee internationale wedstrijden die vóór de datum van bedoeld kampioenschap plaatsvinden</w:t>
+        <w:t>Er moeten minimum 2 internationale wedstrijden opgenomen worden in de berekening van de selectie-rangschikking.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D4630">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00814462">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tenzij anders beschreven, vormen de eerste 3 piloten uit deze selectie-rangschikking de selectie. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004D4630">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+        <w:t>Indien</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004D4630">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> een piloot zijn selectie weigert, dan wordt hij vervangen door 4de, 5de ... uit de selectie-rangschikking.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F34AE67" w14:textId="77777777" w:rsidR="007B19D9" w:rsidRDefault="007B19D9" w:rsidP="007B19D9">
+    <w:p w14:paraId="192E24F7" w14:textId="77777777" w:rsidR="005773D2" w:rsidRDefault="005773D2" w:rsidP="000647DE">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43135D8A" w14:textId="77777777" w:rsidR="000647DE" w:rsidRPr="007B19D9" w:rsidRDefault="007B19D9" w:rsidP="000647DE">
+    <w:p w14:paraId="7864B59D" w14:textId="77777777" w:rsidR="00CD7677" w:rsidRDefault="00CD7677" w:rsidP="000647DE">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B19D9">
-[...75 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="58F852D8" w14:textId="77777777" w:rsidR="00B60A75" w:rsidRPr="007B19D9" w:rsidRDefault="00B60A75" w:rsidP="0081097D">
+    <w:p w14:paraId="4D4672DB" w14:textId="77777777" w:rsidR="00CD7677" w:rsidRDefault="00CD7677" w:rsidP="000647DE">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="498F0EE5" w14:textId="77777777" w:rsidR="00835642" w:rsidRPr="007B19D9" w:rsidRDefault="00835642" w:rsidP="003B0D4E">
+    <w:p w14:paraId="01D8F5D7" w14:textId="77777777" w:rsidR="00CD7677" w:rsidRDefault="00CD7677" w:rsidP="000647DE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="-540"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DC42202" w14:textId="77777777" w:rsidR="00CD7677" w:rsidRDefault="00CD7677" w:rsidP="000647DE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="-540"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A39E919" w14:textId="77777777" w:rsidR="00000670" w:rsidRDefault="00000670" w:rsidP="000647DE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="-540"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12A5F931" w14:textId="77777777" w:rsidR="005773D2" w:rsidRDefault="005773D2" w:rsidP="000647DE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="-540"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4489549A" w14:textId="77777777" w:rsidR="005773D2" w:rsidRDefault="005773D2" w:rsidP="000647DE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="-540"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2023F6AF" w14:textId="77777777" w:rsidR="005773D2" w:rsidRDefault="005773D2" w:rsidP="000647DE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="-540"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28BBFA88" w14:textId="77777777" w:rsidR="005773D2" w:rsidRDefault="005773D2" w:rsidP="000647DE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="-540"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24BC4046" w14:textId="77777777" w:rsidR="0053039F" w:rsidRPr="00715495" w:rsidRDefault="0053039F" w:rsidP="0081097D">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="-540"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7974C956" w14:textId="77777777" w:rsidR="007B529D" w:rsidRDefault="007B529D" w:rsidP="00401A2E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:ind w:left="-540"/>
-[...6 lines deleted...]
-          <w:lang w:val="nl-BE"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="103B4CA6" w14:textId="77777777" w:rsidR="00B60A75" w:rsidRPr="00F80B46" w:rsidRDefault="00B60A75" w:rsidP="003B0D4E">
-[...38 lines deleted...]
-    <w:p w14:paraId="44F7A135" w14:textId="77777777" w:rsidR="00B60A75" w:rsidRPr="00835642" w:rsidRDefault="00835642" w:rsidP="0091296D">
+    <w:p w14:paraId="44F7A135" w14:textId="5CABEC32" w:rsidR="00B60A75" w:rsidRPr="00835642" w:rsidRDefault="00B60A75" w:rsidP="0091296D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      <w:r w:rsidR="00B60A75" w:rsidRPr="00835642">
+      <w:r w:rsidRPr="00835642">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Toelichting voor het zenden van een ploeg naar een </w:t>
       </w:r>
       <w:r w:rsidR="005C77D5" w:rsidRPr="00835642">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>kampioenschap</w:t>
+      </w:r>
+      <w:r w:rsidR="00401A2E">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:footnoteReference w:id="10"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AF0502F" w14:textId="77777777" w:rsidR="00B60A75" w:rsidRDefault="00B60A75" w:rsidP="0091296D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00835642">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Précisions pour l’envoi d’une équipe en championnat</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2041046D" w14:textId="77777777" w:rsidR="007B19D9" w:rsidRDefault="007B19D9" w:rsidP="00C17981">
+    <w:p w14:paraId="1530F9B6" w14:textId="77777777" w:rsidR="00835642" w:rsidRPr="007037DB" w:rsidRDefault="00835642" w:rsidP="003B0D4E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B19D9">
-[...77 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="79538C0E" w14:textId="77777777" w:rsidR="00C17981" w:rsidRPr="00C17981" w:rsidRDefault="00C17981" w:rsidP="00C17981">
+    <w:p w14:paraId="12E88214" w14:textId="301CA250" w:rsidR="00B60A75" w:rsidRPr="00835642" w:rsidRDefault="00B60A75" w:rsidP="003B0D4E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
-        <w:jc w:val="center"/>
-[...8 lines deleted...]
-          <w:lang w:val="nl-BE"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C17981">
-[...78 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00835642">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t xml:space="preserve">Championnat </w:t>
+      </w:r>
+      <w:r w:rsidR="00E5616B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Championnat </w:t>
-[...9 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t xml:space="preserve">FAI </w:t>
+      </w:r>
+      <w:r w:rsidR="007F49A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>de l’année 202</w:t>
-[...9 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00000670">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00C17981" w:rsidRPr="00B26FD1">
-[...7 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00C17981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00E5616B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>K</w:t>
-[...9 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t xml:space="preserve">FAI </w:t>
+      </w:r>
+      <w:r w:rsidR="00C07544">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835642">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
         <w:t>ampioenschap</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...8 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00581204">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="007F49A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>jaar</w:t>
-[...10 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00000670">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835642">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...31 lines deleted...]
-        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CD2ED43" w14:textId="77777777" w:rsidR="00255F09" w:rsidRDefault="00255F09">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5260" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2044"/>
         <w:gridCol w:w="2169"/>
@@ -12220,102 +11966,107 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>categorië</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00255F09">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(n)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B7664" w14:paraId="56BF63CF" w14:textId="77777777" w:rsidTr="00255F09">
+      <w:tr w:rsidR="00BC13AE" w:rsidRPr="00BC13AE" w14:paraId="56BF63CF" w14:textId="77777777" w:rsidTr="00255F09">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1172" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="07AE9F41" w14:textId="77777777" w:rsidR="00255F09" w:rsidRPr="00255F09" w:rsidRDefault="00255F09">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="07AE9F41" w14:textId="1B9E3973" w:rsidR="00255F09" w:rsidRPr="00BC13AE" w:rsidRDefault="00255F09">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1243" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5120386F" w14:textId="77777777" w:rsidR="00255F09" w:rsidRPr="00255F09" w:rsidRDefault="00255F09">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="5120386F" w14:textId="200EB14B" w:rsidR="00255F09" w:rsidRPr="00BC13AE" w:rsidRDefault="00255F09">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1064" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5C21E086" w14:textId="77777777" w:rsidR="00255F09" w:rsidRPr="00255F09" w:rsidRDefault="00255F09">
-            <w:pPr>
+          <w:p w14:paraId="5C21E086" w14:textId="6EB44CC8" w:rsidR="00255F09" w:rsidRPr="00BC13AE" w:rsidRDefault="00255F09" w:rsidP="009B72C2">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:iCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1521" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1AAF6B98" w14:textId="77777777" w:rsidR="00255F09" w:rsidRPr="00255F09" w:rsidRDefault="00255F09">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:p w14:paraId="1AAF6B98" w14:textId="15F279E3" w:rsidR="00255F09" w:rsidRPr="00BC13AE" w:rsidRDefault="00255F09">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000B7664" w14:paraId="0949FF2B" w14:textId="77777777" w:rsidTr="00255F09">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1172" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0764E1E1" w14:textId="77777777" w:rsidR="00255F09" w:rsidRPr="00255F09" w:rsidRDefault="00255F09">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1243" w:type="pct"/>
@@ -12379,2371 +12130,1473 @@
     </w:p>
     <w:p w14:paraId="7494A7A0" w14:textId="77777777" w:rsidR="00B60A75" w:rsidRDefault="00B60A75" w:rsidP="003B0D4E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00835642">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t xml:space="preserve">Samenstelling van de ploeg - </w:t>
-[...37 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Samenstelling van de ploeg - Composition de l’équipe</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="05EF8C28" w14:textId="77777777" w:rsidR="00255F09" w:rsidRPr="00835642" w:rsidRDefault="00255F09" w:rsidP="003B0D4E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5260" w:type="pct"/>
+        <w:tblW w:w="5983" w:type="pct"/>
+        <w:tblInd w:w="-577" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1692"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1593"/>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="2815"/>
+        <w:gridCol w:w="1060"/>
+        <w:gridCol w:w="929"/>
+        <w:gridCol w:w="1060"/>
+        <w:gridCol w:w="2215"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B7664" w14:paraId="33C874C1" w14:textId="77777777" w:rsidTr="000B7664">
-[...2 lines deleted...]
-            <w:tcW w:w="970" w:type="pct"/>
+      <w:tr w:rsidR="000B7664" w14:paraId="33C874C1" w14:textId="77777777" w:rsidTr="00401A2E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="929" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
           <w:p w14:paraId="51E084B7" w14:textId="77777777" w:rsidR="00255F09" w:rsidRPr="00255F09" w:rsidRDefault="00255F09" w:rsidP="00255F09">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00255F09">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Nom Prénom / Naam </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00255F09">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Voornaam</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1369" w:type="pct"/>
+            <w:tcW w:w="1419" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
           <w:p w14:paraId="2D504470" w14:textId="77777777" w:rsidR="00255F09" w:rsidRPr="00255F09" w:rsidRDefault="00255F09" w:rsidP="00255F09">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00255F09">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Adres / Adresse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="608" w:type="pct"/>
+            <w:tcW w:w="534" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
-          <w:p w14:paraId="7B5E3C00" w14:textId="77777777" w:rsidR="00255F09" w:rsidRDefault="00255F09">
+          <w:p w14:paraId="6930B87E" w14:textId="77777777" w:rsidR="000B7664" w:rsidRPr="00B30449" w:rsidRDefault="000B7664">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00255F09">
+                <w:lang w:val="pt-PT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B30449">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-              <w:t>AAM / VML</w:t>
+                <w:lang w:val="pt-PT"/>
+              </w:rPr>
+              <w:t>FAI lic. N°</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6930B87E" w14:textId="77777777" w:rsidR="000B7664" w:rsidRPr="00255F09" w:rsidRDefault="000B7664">
-[...49 lines deleted...]
-            <w:tcW w:w="532" w:type="pct"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="468" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
           <w:p w14:paraId="0D22BA94" w14:textId="77777777" w:rsidR="00255F09" w:rsidRPr="00255F09" w:rsidRDefault="00255F09">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00255F09">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Tel. GSM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="608" w:type="pct"/>
+            <w:tcW w:w="534" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
           <w:p w14:paraId="085C7C76" w14:textId="77777777" w:rsidR="00255F09" w:rsidRPr="00255F09" w:rsidRDefault="00255F09">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00255F09">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>email</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="913" w:type="pct"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1116" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
           <w:p w14:paraId="5F1F7349" w14:textId="77777777" w:rsidR="00255F09" w:rsidRPr="00255F09" w:rsidRDefault="00255F09">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00255F09">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
             <w:r w:rsidR="00557310">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:footnoteReference w:id="10"/>
+              <w:footnoteReference w:id="11"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="5496AF1B" w14:textId="77777777" w:rsidR="00255F09" w:rsidRPr="00255F09" w:rsidRDefault="00255F09">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00255F09">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Handtekening</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B7664" w14:paraId="206E2D19" w14:textId="77777777" w:rsidTr="000B7664">
+      <w:tr w:rsidR="00BC13AE" w:rsidRPr="00BC13AE" w14:paraId="206E2D19" w14:textId="77777777" w:rsidTr="00401A2E">
         <w:trPr>
           <w:trHeight w:val="851"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="970" w:type="pct"/>
-[...32 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+            <w:tcW w:w="929" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C33D0B4" w14:textId="123ABC3B" w:rsidR="00255F09" w:rsidRPr="00BC13AE" w:rsidRDefault="00255F09">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00B0F0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1419" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ADA52E5" w14:textId="77777777" w:rsidR="00255F09" w:rsidRPr="00BC13AE" w:rsidRDefault="00255F09">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00B0F0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="04AAFC4D" w14:textId="77777777" w:rsidR="00255F09" w:rsidRPr="00BC13AE" w:rsidRDefault="00255F09">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:iCs/>
-                <w:sz w:val="22"/>
-[...40 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="00B0F0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="468" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E9DD909" w14:textId="77777777" w:rsidR="00255F09" w:rsidRPr="00BC13AE" w:rsidRDefault="00255F09">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00B0F0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="789BF78C" w14:textId="77777777" w:rsidR="00255F09" w:rsidRPr="00BC13AE" w:rsidRDefault="00255F09">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00B0F0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1116" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1274A86E" w14:textId="77777777" w:rsidR="00255F09" w:rsidRPr="00BC13AE" w:rsidRDefault="00255F09">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:iCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B7664" w14:paraId="37A31248" w14:textId="77777777" w:rsidTr="000B7664">
+      <w:tr w:rsidR="000B7664" w14:paraId="37A31248" w14:textId="77777777" w:rsidTr="00401A2E">
         <w:trPr>
           <w:trHeight w:val="851"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="970" w:type="pct"/>
+            <w:tcW w:w="929" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3DC4E735" w14:textId="77777777" w:rsidR="00255F09" w:rsidRPr="00255F09" w:rsidRDefault="00255F09">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1369" w:type="pct"/>
+            <w:tcW w:w="1419" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="45E6AEE6" w14:textId="77777777" w:rsidR="00255F09" w:rsidRPr="00255F09" w:rsidRDefault="00255F09">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="608" w:type="pct"/>
+            <w:tcW w:w="534" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3DD094CE" w14:textId="77777777" w:rsidR="00255F09" w:rsidRPr="00255F09" w:rsidRDefault="00255F09">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="532" w:type="pct"/>
+            <w:tcW w:w="468" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="05E98838" w14:textId="77777777" w:rsidR="00255F09" w:rsidRPr="00255F09" w:rsidRDefault="00255F09">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="608" w:type="pct"/>
+            <w:tcW w:w="534" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="6B1B769A" w14:textId="77777777" w:rsidR="00255F09" w:rsidRPr="00255F09" w:rsidRDefault="00255F09">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="913" w:type="pct"/>
+            <w:tcW w:w="1116" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="17A1DCDF" w14:textId="77777777" w:rsidR="00255F09" w:rsidRPr="00255F09" w:rsidRDefault="00255F09">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B7664" w14:paraId="7C6ADCA9" w14:textId="77777777" w:rsidTr="000B7664">
+      <w:tr w:rsidR="000B7664" w14:paraId="7C6ADCA9" w14:textId="77777777" w:rsidTr="00401A2E">
         <w:trPr>
           <w:trHeight w:val="851"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="970" w:type="pct"/>
+            <w:tcW w:w="929" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="060121A3" w14:textId="77777777" w:rsidR="00255F09" w:rsidRPr="00255F09" w:rsidRDefault="00255F09">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1369" w:type="pct"/>
+            <w:tcW w:w="1419" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="747416A5" w14:textId="77777777" w:rsidR="00255F09" w:rsidRPr="00255F09" w:rsidRDefault="00255F09">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="608" w:type="pct"/>
+            <w:tcW w:w="534" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="2495AD22" w14:textId="77777777" w:rsidR="00255F09" w:rsidRPr="00255F09" w:rsidRDefault="00255F09">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="532" w:type="pct"/>
+            <w:tcW w:w="468" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="1D1FA820" w14:textId="77777777" w:rsidR="00255F09" w:rsidRPr="00255F09" w:rsidRDefault="00255F09">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="608" w:type="pct"/>
+            <w:tcW w:w="534" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="6281A4FF" w14:textId="77777777" w:rsidR="00255F09" w:rsidRPr="00255F09" w:rsidRDefault="00255F09">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="913" w:type="pct"/>
+            <w:tcW w:w="1116" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="22A3AE85" w14:textId="77777777" w:rsidR="00255F09" w:rsidRPr="00255F09" w:rsidRDefault="00255F09">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B7664" w14:paraId="35731ADC" w14:textId="77777777" w:rsidTr="000B7664">
+      <w:tr w:rsidR="000B7664" w14:paraId="35731ADC" w14:textId="77777777" w:rsidTr="00401A2E">
         <w:trPr>
           <w:trHeight w:val="851"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="970" w:type="pct"/>
+            <w:tcW w:w="929" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="2AA03003" w14:textId="77777777" w:rsidR="00255F09" w:rsidRPr="00255F09" w:rsidRDefault="00255F09">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1369" w:type="pct"/>
+            <w:tcW w:w="1419" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5E5EBD3A" w14:textId="77777777" w:rsidR="00255F09" w:rsidRPr="00255F09" w:rsidRDefault="00255F09">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="608" w:type="pct"/>
+            <w:tcW w:w="534" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="738E479D" w14:textId="77777777" w:rsidR="00255F09" w:rsidRPr="00255F09" w:rsidRDefault="00255F09">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="532" w:type="pct"/>
+            <w:tcW w:w="468" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="345E414E" w14:textId="77777777" w:rsidR="00255F09" w:rsidRPr="00255F09" w:rsidRDefault="00255F09">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="608" w:type="pct"/>
+            <w:tcW w:w="534" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="1EFC1D23" w14:textId="77777777" w:rsidR="00255F09" w:rsidRPr="00255F09" w:rsidRDefault="00255F09">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="913" w:type="pct"/>
+            <w:tcW w:w="1116" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="48F68C59" w14:textId="77777777" w:rsidR="00255F09" w:rsidRPr="00255F09" w:rsidRDefault="00255F09">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B7664" w14:paraId="572225F1" w14:textId="77777777" w:rsidTr="000B7664">
+      <w:tr w:rsidR="000955CB" w14:paraId="74FB2520" w14:textId="77777777" w:rsidTr="00401A2E">
         <w:trPr>
           <w:trHeight w:val="851"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="970" w:type="pct"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="61A04033" w14:textId="77777777" w:rsidR="00255F09" w:rsidRPr="00255F09" w:rsidRDefault="00255F09">
+            <w:tcW w:w="929" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DB44F3E" w14:textId="77777777" w:rsidR="000955CB" w:rsidRPr="00255F09" w:rsidRDefault="000955CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1419" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7950D842" w14:textId="77777777" w:rsidR="000955CB" w:rsidRPr="00255F09" w:rsidRDefault="000955CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D855AE8" w14:textId="77777777" w:rsidR="000955CB" w:rsidRPr="00255F09" w:rsidRDefault="000955CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="532" w:type="pct"/>
-[...302 lines deleted...]
-          <w:p w14:paraId="0A7EBF94" w14:textId="77777777" w:rsidR="005C77D5" w:rsidRPr="00255F09" w:rsidRDefault="005C77D5" w:rsidP="005C77D5">
+            <w:tcW w:w="468" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FFD44BB" w14:textId="77777777" w:rsidR="000955CB" w:rsidRPr="00255F09" w:rsidRDefault="000955CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="62429A97" w14:textId="77777777" w:rsidR="000955CB" w:rsidRPr="00255F09" w:rsidRDefault="000955CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1116" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="303178FC" w14:textId="77777777" w:rsidR="000955CB" w:rsidRPr="00255F09" w:rsidRDefault="000955CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="755B73F1" w14:textId="77777777" w:rsidR="00557310" w:rsidRDefault="00557310" w:rsidP="001202A9">
+    <w:p w14:paraId="6FA8CC67" w14:textId="77777777" w:rsidR="000955CB" w:rsidRDefault="000955CB" w:rsidP="0081097D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="507BE8B9" w14:textId="77777777" w:rsidR="00B60A75" w:rsidRPr="0081097D" w:rsidRDefault="00557310" w:rsidP="0081097D">
+    <w:p w14:paraId="507BE8B9" w14:textId="61CC24B3" w:rsidR="00B60A75" w:rsidRDefault="00B60A75" w:rsidP="0081097D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00835642">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chef d’équipe </w:t>
+      </w:r>
+      <w:r w:rsidR="00F87C36">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835642">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00835642">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Ploegleider</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="704D3808" w14:textId="77777777" w:rsidR="007F49A0" w:rsidRPr="0081097D" w:rsidRDefault="007F49A0" w:rsidP="0081097D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="-540"/>
+        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...53 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5260" w:type="pct"/>
+        <w:tblW w:w="5983" w:type="pct"/>
+        <w:tblInd w:w="-577" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1693"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1593"/>
+        <w:gridCol w:w="2269"/>
+        <w:gridCol w:w="2389"/>
+        <w:gridCol w:w="1062"/>
+        <w:gridCol w:w="929"/>
+        <w:gridCol w:w="1060"/>
+        <w:gridCol w:w="2213"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B7664" w:rsidRPr="000B7664" w14:paraId="54FBF41C" w14:textId="77777777" w:rsidTr="000B7664">
-[...2 lines deleted...]
-            <w:tcW w:w="971" w:type="pct"/>
+      <w:tr w:rsidR="000B7664" w:rsidRPr="000B7664" w14:paraId="54FBF41C" w14:textId="77777777" w:rsidTr="000955CB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
           <w:p w14:paraId="3C9BEAEE" w14:textId="77777777" w:rsidR="000B7664" w:rsidRPr="00255F09" w:rsidRDefault="000B7664" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00255F09">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Nom Prénom / Naam </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00255F09">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Voornaam</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="pct"/>
+            <w:tcW w:w="1204" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
           <w:p w14:paraId="4490919D" w14:textId="77777777" w:rsidR="000B7664" w:rsidRPr="00255F09" w:rsidRDefault="000B7664" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00255F09">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Adres / Adresse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="608" w:type="pct"/>
+            <w:tcW w:w="535" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
-          <w:p w14:paraId="792F161D" w14:textId="77777777" w:rsidR="000B7664" w:rsidRDefault="000B7664" w:rsidP="00B11466">
+          <w:p w14:paraId="1E704DD3" w14:textId="77777777" w:rsidR="000B7664" w:rsidRPr="00B30449" w:rsidRDefault="000B7664" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00255F09">
+                <w:lang w:val="pt-PT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B30449">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-              <w:t>AAM / VML</w:t>
+                <w:lang w:val="pt-PT"/>
+              </w:rPr>
+              <w:t>FAI lic. N°</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E704DD3" w14:textId="77777777" w:rsidR="000B7664" w:rsidRPr="00F44A61" w:rsidRDefault="000B7664" w:rsidP="00B11466">
-[...49 lines deleted...]
-            <w:tcW w:w="532" w:type="pct"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="468" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
           <w:p w14:paraId="556651B9" w14:textId="77777777" w:rsidR="000B7664" w:rsidRPr="000B7664" w:rsidRDefault="000B7664" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B7664">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
               <w:t>Tel. GSM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="608" w:type="pct"/>
+            <w:tcW w:w="534" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
           <w:p w14:paraId="5159F747" w14:textId="77777777" w:rsidR="000B7664" w:rsidRPr="000B7664" w:rsidRDefault="000B7664" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="000B7664">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
               <w:t>email</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="913" w:type="pct"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1115" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
           <w:p w14:paraId="03704D2B" w14:textId="77777777" w:rsidR="000B7664" w:rsidRPr="000B7664" w:rsidRDefault="000B7664" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000B7664">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="064D0D18" w14:textId="77777777" w:rsidR="000B7664" w:rsidRPr="000B7664" w:rsidRDefault="000B7664" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B7664">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
               <w:t>Handtekening</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B7664" w:rsidRPr="000B7664" w14:paraId="5946C5C8" w14:textId="77777777" w:rsidTr="000B7664">
+      <w:tr w:rsidR="00BC13AE" w:rsidRPr="00BC13AE" w14:paraId="5946C5C8" w14:textId="77777777" w:rsidTr="000955CB">
         <w:trPr>
           <w:trHeight w:val="851"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="971" w:type="pct"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+            <w:tcW w:w="1143" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="60D0BE52" w14:textId="7253D0D6" w:rsidR="000B7664" w:rsidRPr="00BC13AE" w:rsidRDefault="000B7664" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="pct"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+            <w:tcW w:w="1204" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="43223C10" w14:textId="77777777" w:rsidR="000B7664" w:rsidRPr="00BC13AE" w:rsidRDefault="000B7664" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="608" w:type="pct"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1366F759" w14:textId="77777777" w:rsidR="000B7664" w:rsidRPr="000B7664" w:rsidRDefault="000B7664" w:rsidP="00B11466">
+            <w:tcW w:w="535" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1366F759" w14:textId="77777777" w:rsidR="000B7664" w:rsidRPr="00BC13AE" w:rsidRDefault="000B7664" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:iCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="532" w:type="pct"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+            <w:tcW w:w="468" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="702BDA62" w14:textId="77777777" w:rsidR="000B7664" w:rsidRPr="00BC13AE" w:rsidRDefault="000B7664" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="608" w:type="pct"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+            <w:tcW w:w="534" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D65E5A0" w14:textId="77777777" w:rsidR="000B7664" w:rsidRPr="00BC13AE" w:rsidRDefault="000B7664" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="913" w:type="pct"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="29270710" w14:textId="77777777" w:rsidR="000B7664" w:rsidRPr="000B7664" w:rsidRDefault="000B7664" w:rsidP="00B11466">
+            <w:tcW w:w="1115" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="29270710" w14:textId="77777777" w:rsidR="000B7664" w:rsidRPr="00BC13AE" w:rsidRDefault="000B7664" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:iCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B7664" w:rsidRPr="000B7664" w14:paraId="08CD6E1B" w14:textId="77777777" w:rsidTr="000B7664">
+      <w:tr w:rsidR="000955CB" w:rsidRPr="00BC13AE" w14:paraId="6C79FE39" w14:textId="77777777" w:rsidTr="000955CB">
         <w:trPr>
           <w:trHeight w:val="851"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="971" w:type="pct"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+            <w:tcW w:w="1143" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ABA87C6" w14:textId="77777777" w:rsidR="000955CB" w:rsidRPr="00BC13AE" w:rsidRDefault="000955CB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="pct"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+            <w:tcW w:w="1204" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="20F79CE9" w14:textId="77777777" w:rsidR="000955CB" w:rsidRPr="00BC13AE" w:rsidRDefault="000955CB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="608" w:type="pct"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="68264BAE" w14:textId="77777777" w:rsidR="000B7664" w:rsidRPr="000B7664" w:rsidRDefault="000B7664" w:rsidP="00B11466">
+            <w:tcW w:w="535" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="564B5249" w14:textId="77777777" w:rsidR="000955CB" w:rsidRPr="00BC13AE" w:rsidRDefault="000955CB" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:iCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="532" w:type="pct"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+            <w:tcW w:w="468" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="22A0AAD7" w14:textId="77777777" w:rsidR="000955CB" w:rsidRPr="00BC13AE" w:rsidRDefault="000955CB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="608" w:type="pct"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+            <w:tcW w:w="534" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="08C6B84D" w14:textId="77777777" w:rsidR="000955CB" w:rsidRPr="00BC13AE" w:rsidRDefault="000955CB" w:rsidP="00B11466">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="913" w:type="pct"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="04E2B885" w14:textId="77777777" w:rsidR="000B7664" w:rsidRPr="000B7664" w:rsidRDefault="000B7664" w:rsidP="00B11466">
+            <w:tcW w:w="1115" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A990C4F" w14:textId="77777777" w:rsidR="000955CB" w:rsidRPr="00BC13AE" w:rsidRDefault="000955CB" w:rsidP="00B11466">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:iCs/>
+                <w:color w:val="00B0F0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="nl-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4C05C698" w14:textId="77777777" w:rsidR="00F87C36" w:rsidRPr="000B7664" w:rsidRDefault="00F87C36" w:rsidP="003B0D4E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14A08552" w14:textId="77777777" w:rsidR="00F87C36" w:rsidRPr="00F87C36" w:rsidRDefault="00F87C36" w:rsidP="003B0D4E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D2754EE" w14:textId="77777777" w:rsidR="00F87C36" w:rsidRDefault="00F87C36" w:rsidP="003B0D4E">
+    <w:p w14:paraId="34E6F4D2" w14:textId="77777777" w:rsidR="000955CB" w:rsidRDefault="000955CB" w:rsidP="000955CB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74015FAC" w14:textId="622808D0" w:rsidR="0081097D" w:rsidRPr="000955CB" w:rsidRDefault="000955CB" w:rsidP="003B0D4E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="000955CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Divers /Varia</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="18F22CDE" w14:textId="77777777" w:rsidR="00B60A75" w:rsidRPr="00835642" w:rsidRDefault="00B60A75" w:rsidP="003B0D4E">
+    <w:p w14:paraId="344505DB" w14:textId="77777777" w:rsidR="0081097D" w:rsidRDefault="0081097D" w:rsidP="000955CB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:ind w:left="-540"/>
-[...6 lines deleted...]
-          <w:lang w:val="nl-NL"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00835642">
-[...79 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="1DB0049C" w14:textId="77777777" w:rsidR="00B60A75" w:rsidRPr="00835642" w:rsidRDefault="00B60A75" w:rsidP="003B0D4E">
+    <w:p w14:paraId="6357462F" w14:textId="77777777" w:rsidR="000955CB" w:rsidRDefault="000955CB" w:rsidP="000955CB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:ind w:left="-540"/>
-[...73 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...313 lines deleted...]
-    <w:p w14:paraId="2ABD0350" w14:textId="77777777" w:rsidR="0081097D" w:rsidRPr="001B5F29" w:rsidRDefault="0081097D" w:rsidP="003B0D4E">
+    <w:p w14:paraId="0D89CBC7" w14:textId="77777777" w:rsidR="000955CB" w:rsidRDefault="000955CB" w:rsidP="000955CB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3034F04D" w14:textId="77777777" w:rsidR="0081097D" w:rsidRPr="001B5F29" w:rsidRDefault="0081097D" w:rsidP="003B0D4E">
+    <w:p w14:paraId="1BC5DB98" w14:textId="77777777" w:rsidR="000955CB" w:rsidRDefault="000955CB" w:rsidP="000955CB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79F38473" w14:textId="77777777" w:rsidR="0081097D" w:rsidRPr="001B5F29" w:rsidRDefault="0081097D" w:rsidP="003B0D4E">
+    <w:p w14:paraId="012343DB" w14:textId="77777777" w:rsidR="000955CB" w:rsidRPr="001B5F29" w:rsidRDefault="000955CB" w:rsidP="000955CB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:ind w:left="-540"/>
-[...87 lines deleted...]
-        <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="56FE7BB9" w14:textId="77777777" w:rsidR="0081097D" w:rsidRPr="001B5F29" w:rsidRDefault="0081097D" w:rsidP="003B0D4E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7BDD47E3" w14:textId="350D32A2" w:rsidR="001202A9" w:rsidRPr="00DE2093" w:rsidRDefault="001202A9" w:rsidP="001202A9">
+    <w:p w14:paraId="7BDD47E3" w14:textId="027AB790" w:rsidR="001202A9" w:rsidRPr="00DE2093" w:rsidRDefault="001202A9" w:rsidP="001202A9">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE2093">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Lieu et date - </w:t>
       </w:r>
@@ -14795,309 +13648,312 @@
         </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
       <w:r w:rsidR="00C17981">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Zaventem</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE2093">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00B26FD1">
+      <w:r w:rsidR="00D21D67">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>18</w:t>
       </w:r>
       <w:r w:rsidR="00E766CA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>/01/202</w:t>
       </w:r>
-      <w:r w:rsidR="00B26FD1">
+      <w:r w:rsidR="00D21D67">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="731BCDF1" w14:textId="77777777" w:rsidR="001202A9" w:rsidRPr="00DE2093" w:rsidRDefault="001202A9" w:rsidP="001202A9">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CB887C5" w14:textId="77777777" w:rsidR="001202A9" w:rsidRPr="00DE2093" w:rsidRDefault="001202A9" w:rsidP="001202A9">
+    <w:p w14:paraId="2DCA1D5B" w14:textId="77777777" w:rsidR="00022DD8" w:rsidRDefault="00022DD8" w:rsidP="00022DD8">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="-540"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Signatures / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>getekend</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DD4F62A" w14:textId="34756556" w:rsidR="00022DD8" w:rsidRDefault="00022DD8" w:rsidP="00022DD8">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="-540"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Coordinateur - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Coördinator</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>. S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022DD8">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>port. AAM           </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC13AE">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022DD8">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00022DD8">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Sportdir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00022DD8">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>. VML</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DF47563" w14:textId="77777777" w:rsidR="00022DD8" w:rsidRDefault="00022DD8" w:rsidP="00022DD8">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="-540"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="320E8D26" w14:textId="72B8921B" w:rsidR="001202A9" w:rsidRPr="000E469F" w:rsidRDefault="001202A9" w:rsidP="001202A9">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:i/>
+          <w:bCs/>
           <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DE2093">
-[...22 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="1E3D55BA" w14:textId="77777777" w:rsidR="001202A9" w:rsidRPr="00DE2093" w:rsidRDefault="001202A9" w:rsidP="001202A9">
-[...145 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+    <w:sectPr w:rsidR="001202A9" w:rsidRPr="000E469F" w:rsidSect="008020F5">
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1077" w:right="1797" w:bottom="902" w:left="1797" w:header="720" w:footer="720" w:gutter="0"/>
       <w:paperSrc w:first="7" w:other="7"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0B7C738A" w14:textId="77777777" w:rsidR="00C010A2" w:rsidRDefault="00C010A2">
+    <w:p w14:paraId="57774F38" w14:textId="77777777" w:rsidR="00EC6863" w:rsidRDefault="00EC6863">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1DE2F35D" w14:textId="77777777" w:rsidR="00C010A2" w:rsidRDefault="00C010A2">
+    <w:p w14:paraId="4C30478C" w14:textId="77777777" w:rsidR="00EC6863" w:rsidRDefault="00EC6863">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -15113,74 +13969,88 @@
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="AGaramondPro-BoldItalic">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="AGaramondPro-Regular">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="30622245" w14:textId="77777777" w:rsidR="003331AE" w:rsidRDefault="003331AE" w:rsidP="00A11385">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
@@ -15222,71 +14092,61 @@
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00DE036D" w:rsidRPr="00DE036D">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="63E45341" w14:textId="77777777" w:rsidR="003331AE" w:rsidRDefault="003331AE" w:rsidP="003331AE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="46D1CF5C" w14:textId="77777777" w:rsidR="00C010A2" w:rsidRDefault="00C010A2">
+    <w:p w14:paraId="7E7E9B9E" w14:textId="77777777" w:rsidR="00EC6863" w:rsidRDefault="00EC6863">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5A704F68" w14:textId="77777777" w:rsidR="00C010A2" w:rsidRDefault="00C010A2">
+    <w:p w14:paraId="58EA0708" w14:textId="77777777" w:rsidR="00EC6863" w:rsidRDefault="00EC6863">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="15E13CAE" w14:textId="77777777" w:rsidR="001C44D9" w:rsidRPr="00557310" w:rsidRDefault="001C44D9" w:rsidP="00B4380B">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00557310">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">  Indiquer nom, prénom, adresse, code postal, localité, tél, GSM, e-mail</w:t>
@@ -15350,420 +14210,504 @@
       </w:r>
       <w:r w:rsidRPr="00557310">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Indiquer nom, prénom, tél, GSM, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00557310">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>e-mail</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00557310">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>, ainsi que la (les) langue (s) pratiquée(s)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="410B4ACB" w14:textId="7E865769" w:rsidR="001C44D9" w:rsidRPr="00557310" w:rsidRDefault="001C44D9" w:rsidP="00B4380B">
+    <w:p w14:paraId="410B4ACB" w14:textId="77777777" w:rsidR="001C44D9" w:rsidRPr="00557310" w:rsidRDefault="001C44D9" w:rsidP="00B4380B">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:left="-540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00557310">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t>Gelieve in te voeren naam, vo</w:t>
-[...13 lines deleted...]
-        <w:t>rnaam, tel, GSM, e-mail, alsook de taal (en)die hij/zij (ze) beheerst(sen)</w:t>
+        <w:t>Gelieve in te voeren naam, vornaam, tel, GSM, e-mail, alsook de taal (en)die hij/zij (ze) beheerst(sen)</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="694113CD" w14:textId="77777777" w:rsidR="004E3D37" w:rsidRPr="00D4291B" w:rsidRDefault="004E3D37">
+    <w:p w14:paraId="23BCF746" w14:textId="1E907882" w:rsidR="007037DB" w:rsidRPr="007037DB" w:rsidRDefault="007037DB">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00D4291B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="007037DB">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes or No</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="4">
+    <w:p w14:paraId="6DE36B5A" w14:textId="05C3ED8E" w:rsidR="007037DB" w:rsidRPr="007037DB" w:rsidRDefault="007037DB">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="007037DB">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes or No</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="5">
+    <w:p w14:paraId="694113CD" w14:textId="77777777" w:rsidR="004E3D37" w:rsidRPr="007037DB" w:rsidRDefault="004E3D37">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="007037DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D4291B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="007037DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Minstens</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D4291B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="007037DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> vier </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D4291B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="007037DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>wedstrijden</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="4">
+  <w:footnote w:id="6">
     <w:p w14:paraId="00A1994F" w14:textId="77777777" w:rsidR="004E3D37" w:rsidRPr="00557310" w:rsidRDefault="004E3D37">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00557310">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00557310">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Au moins quatre concours</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="5">
-    <w:p w14:paraId="623EC145" w14:textId="2649E703" w:rsidR="00D4291B" w:rsidRPr="00616B93" w:rsidRDefault="00D4291B">
+  <w:footnote w:id="7">
+    <w:p w14:paraId="623EC145" w14:textId="1F6C7DD9" w:rsidR="00D4291B" w:rsidRPr="007037DB" w:rsidRDefault="00D4291B">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F13B87">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00616B93">
-[...2 lines deleted...]
-          <w:lang w:val="nl-NL"/>
+      <w:r w:rsidRPr="007037DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="006721E2" w:rsidRPr="007037DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Enumérer toutes les catégories prévue</w:t>
+      </w:r>
+      <w:r w:rsidR="000955CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="006721E2" w:rsidRPr="007037DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pour cette année – </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="006721E2" w:rsidRPr="00616B93">
-[...4 lines deleted...]
-        <w:t>Enumérer</w:t>
+      <w:r w:rsidR="006721E2" w:rsidRPr="007037DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Gelieve</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006721E2" w:rsidRPr="00616B93">
-[...2 lines deleted...]
-          <w:lang w:val="nl-NL"/>
+      <w:r w:rsidR="006721E2" w:rsidRPr="007037DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="006721E2" w:rsidRPr="00616B93">
-[...4 lines deleted...]
-        <w:t>toutes</w:t>
+      <w:r w:rsidR="006721E2" w:rsidRPr="007037DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>alle</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006721E2" w:rsidRPr="00616B93">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> les </w:t>
+      <w:r w:rsidR="006721E2" w:rsidRPr="007037DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="006721E2" w:rsidRPr="00616B93">
-[...4 lines deleted...]
-        <w:t>catégories</w:t>
+      <w:r w:rsidR="006721E2" w:rsidRPr="007037DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>cat</w:t>
+      </w:r>
+      <w:r w:rsidR="00804967" w:rsidRPr="007037DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="006721E2" w:rsidRPr="007037DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>goriën</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006721E2" w:rsidRPr="00616B93">
-[...2 lines deleted...]
-          <w:lang w:val="nl-NL"/>
+      <w:r w:rsidR="00CF2B6F" w:rsidRPr="007037DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> te </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CF2B6F" w:rsidRPr="007037DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>melden</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CF2B6F" w:rsidRPr="007037DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> die dit </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CF2B6F" w:rsidRPr="007037DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>jaar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CF2B6F" w:rsidRPr="007037DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="006721E2" w:rsidRPr="00616B93">
-[...4 lines deleted...]
-        <w:t>prévue</w:t>
+      <w:r w:rsidR="00CF2B6F" w:rsidRPr="007037DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>worden</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006721E2" w:rsidRPr="00616B93">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> pour </w:t>
+      <w:r w:rsidR="00CF2B6F" w:rsidRPr="007037DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="006721E2" w:rsidRPr="00616B93">
-[...4 lines deleted...]
-        <w:t>cette</w:t>
+      <w:r w:rsidR="00CF2B6F" w:rsidRPr="007037DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>gevlogen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006721E2" w:rsidRPr="00616B93">
-[...51 lines deleted...]
-      </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="6">
+  <w:footnote w:id="8">
     <w:p w14:paraId="52832C83" w14:textId="77777777" w:rsidR="004E3D37" w:rsidRPr="00557310" w:rsidRDefault="004E3D37" w:rsidP="003351DD">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:left="-567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00557310">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00557310">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Om voor een categorie het status van Belgisch kampioenschap te bereiken moeten minstens vijf deelnemers in het eindklassement van de categorie voorkomen</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="7">
-    <w:p w14:paraId="0D4F7C01" w14:textId="77777777" w:rsidR="004E3D37" w:rsidRPr="00557310" w:rsidRDefault="004E3D37" w:rsidP="003351DD">
+  <w:footnote w:id="9">
+    <w:p w14:paraId="0D4F7C01" w14:textId="60C7DEB8" w:rsidR="004E3D37" w:rsidRPr="00557310" w:rsidRDefault="004E3D37" w:rsidP="003351DD">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:left="-567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00557310">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00557310">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pour donner lieu à un championnat</w:t>
       </w:r>
       <w:r w:rsidR="003351DD" w:rsidRPr="00557310">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> de Belgique</w:t>
       </w:r>
       <w:r w:rsidRPr="00557310">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>, il faut pour chaque catégorie au minimum cinq pratiquants au classement final de l’année</w:t>
-[...56 lines deleted...]
-        <w:t xml:space="preserve"> pagina 6</w:t>
+        <w:t xml:space="preserve">, il faut pour chaque catégorie au minimum cinq pratiquants </w:t>
+      </w:r>
+      <w:r w:rsidR="00000670">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de la catégorie </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00557310">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>au classement final de l’année</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="10">
+    <w:p w14:paraId="4A912ED4" w14:textId="25A0FE04" w:rsidR="00401A2E" w:rsidRPr="00401A2E" w:rsidRDefault="00401A2E">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00401A2E">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> En </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401A2E">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>application</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401A2E">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401A2E">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>critères</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401A2E">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401A2E">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>sélection</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401A2E">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401A2E">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>l’année</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401A2E">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00401A2E">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>passée</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401A2E">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00401A2E">
+        <w:rPr>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> In overeenstemming met de selectiecriteria van vorig jaar</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="11">
     <w:p w14:paraId="76F6E663" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="00C17981" w:rsidRDefault="00557310" w:rsidP="00557310">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00C17981">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C17981">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -15798,160 +14742,245 @@
       <w:r w:rsidR="00C17981" w:rsidRPr="00ED0E74">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>En cas de désistement, il/elle supportera pe</w:t>
       </w:r>
       <w:r w:rsidR="000E6DD1" w:rsidRPr="00ED0E74">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00C17981" w:rsidRPr="00ED0E74">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t xml:space="preserve">sonnellement les éventuels frais d’annulation </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00ED0E74">
+        <w:t xml:space="preserve">sonnellement les éventuels frais </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C17981" w:rsidRPr="00ED0E74">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t xml:space="preserve"> /  Door dit te ondertekenen verbindt </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C17981" w:rsidRPr="00ED0E74">
+        <w:t xml:space="preserve">d’annulation </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED0E74">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t>de piloot</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00ED0E74">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t xml:space="preserve"> zich ertoe effektief aan dit kampioenschap deel te nemen</w:t>
+        <w:t xml:space="preserve">  Door dit te ondertekenen verbindt </w:t>
       </w:r>
       <w:r w:rsidR="00C17981" w:rsidRPr="00ED0E74">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
+        <w:t>de piloot</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED0E74">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zich ertoe effektief aan dit kampioenschap deel te nemen</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17981" w:rsidRPr="00ED0E74">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00C17981">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
-        <w:t xml:space="preserve">In geval van intrekking zal hij/zij persoonlijk instaan voor de mogelijke </w:t>
-[...19 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>In geval van intrekking zal hij/zij persoonlijk instaan voor de mogelijke annulatiekosten.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78F1522E" w14:textId="77777777" w:rsidR="00557310" w:rsidRPr="00C17981" w:rsidRDefault="00557310">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="08E55E99" w14:textId="77777777" w:rsidR="003B0AD7" w:rsidRDefault="003B0AD7">
+  <w:p w14:paraId="36E76AAA" w14:textId="64FB0C1D" w:rsidR="003B0AD7" w:rsidRDefault="00E978AB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00F16461">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:noProof/>
+        <w:sz w:val="32"/>
+        <w:szCs w:val="32"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4C78F315" wp14:editId="11CDD691">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="rightMargin">
+            <wp:align>left</wp:align>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-206375</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="781200" cy="792000"/>
+          <wp:effectExtent l="0" t="0" r="0" b="8255"/>
+          <wp:wrapNone/>
+          <wp:docPr id="4" name="Image 5">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B2BAEDB7-440B-498D-0464-9B4A90D91B20}"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="4" name="Image 5">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B2BAEDB7-440B-498D-0464-9B4A90D91B20}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1" cstate="print">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch/>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="781200" cy="792000"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="6DADCEAD" w14:textId="1525C4C9" w:rsidR="00E978AB" w:rsidRDefault="00E978AB">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
-</w:hdr>
-[...4 lines deleted...]
-  <w:p w14:paraId="36E76AAA" w14:textId="77777777" w:rsidR="003B0AD7" w:rsidRPr="003B0AD7" w:rsidRDefault="003B0AD7">
+  <w:p w14:paraId="7FDBB69F" w14:textId="77777777" w:rsidR="00E978AB" w:rsidRDefault="00E978AB">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="5131C8FF" w14:textId="77777777" w:rsidR="00E978AB" w:rsidRPr="00E978AB" w:rsidRDefault="00E978AB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
-    </w:pPr>
-[...8 lines deleted...]
-      <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B3B57FC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AF78240A"/>
     <w:lvl w:ilvl="0" w:tplc="957886EC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-180" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -16063,153 +15092,267 @@
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A67F66"/>
+    <w:rsid w:val="00000670"/>
+    <w:rsid w:val="000041A0"/>
+    <w:rsid w:val="00022DD8"/>
+    <w:rsid w:val="0003734D"/>
     <w:rsid w:val="00040044"/>
     <w:rsid w:val="00041D5C"/>
     <w:rsid w:val="000611AE"/>
     <w:rsid w:val="000647DE"/>
+    <w:rsid w:val="00066CE7"/>
+    <w:rsid w:val="00071F94"/>
+    <w:rsid w:val="000831EC"/>
+    <w:rsid w:val="00083DBE"/>
+    <w:rsid w:val="000955CB"/>
+    <w:rsid w:val="000A252C"/>
     <w:rsid w:val="000A6CEE"/>
     <w:rsid w:val="000B7664"/>
+    <w:rsid w:val="000E3C92"/>
+    <w:rsid w:val="000E469F"/>
     <w:rsid w:val="000E6DD1"/>
     <w:rsid w:val="001202A9"/>
+    <w:rsid w:val="001238D5"/>
     <w:rsid w:val="001370B2"/>
+    <w:rsid w:val="00145B19"/>
+    <w:rsid w:val="00164099"/>
     <w:rsid w:val="001827E2"/>
     <w:rsid w:val="001B5F29"/>
     <w:rsid w:val="001C44D9"/>
     <w:rsid w:val="001D230D"/>
+    <w:rsid w:val="001F61CC"/>
+    <w:rsid w:val="002215AA"/>
     <w:rsid w:val="0023158D"/>
+    <w:rsid w:val="002427A0"/>
     <w:rsid w:val="00243346"/>
     <w:rsid w:val="002443AC"/>
+    <w:rsid w:val="0025094C"/>
+    <w:rsid w:val="00250BE6"/>
     <w:rsid w:val="00255F09"/>
+    <w:rsid w:val="00262680"/>
+    <w:rsid w:val="0028051F"/>
+    <w:rsid w:val="002D51BA"/>
+    <w:rsid w:val="002F20D5"/>
+    <w:rsid w:val="00320F1E"/>
     <w:rsid w:val="003331AE"/>
     <w:rsid w:val="003351DD"/>
     <w:rsid w:val="00352015"/>
+    <w:rsid w:val="003A184C"/>
+    <w:rsid w:val="003A434B"/>
+    <w:rsid w:val="003B031B"/>
     <w:rsid w:val="003B0AD7"/>
     <w:rsid w:val="003B0D4E"/>
     <w:rsid w:val="003D0F1D"/>
     <w:rsid w:val="003E4E77"/>
     <w:rsid w:val="003E7184"/>
+    <w:rsid w:val="00401A2E"/>
+    <w:rsid w:val="00403F79"/>
+    <w:rsid w:val="00405798"/>
     <w:rsid w:val="004102E2"/>
+    <w:rsid w:val="00425072"/>
     <w:rsid w:val="0044077B"/>
+    <w:rsid w:val="0046214C"/>
+    <w:rsid w:val="0047218D"/>
+    <w:rsid w:val="004A0A78"/>
+    <w:rsid w:val="004B0232"/>
     <w:rsid w:val="004B12D3"/>
+    <w:rsid w:val="004B5888"/>
     <w:rsid w:val="004C63E7"/>
     <w:rsid w:val="004D15A8"/>
+    <w:rsid w:val="004D16D7"/>
+    <w:rsid w:val="004D4630"/>
     <w:rsid w:val="004E3D37"/>
+    <w:rsid w:val="004F1307"/>
+    <w:rsid w:val="004F7B24"/>
     <w:rsid w:val="00504AFB"/>
+    <w:rsid w:val="00514967"/>
+    <w:rsid w:val="00521162"/>
+    <w:rsid w:val="0053039F"/>
     <w:rsid w:val="00557310"/>
     <w:rsid w:val="00576A63"/>
-    <w:rsid w:val="005925D6"/>
+    <w:rsid w:val="005773D2"/>
+    <w:rsid w:val="00581204"/>
     <w:rsid w:val="0059741B"/>
+    <w:rsid w:val="005A1C56"/>
     <w:rsid w:val="005A2645"/>
     <w:rsid w:val="005C77D5"/>
-    <w:rsid w:val="00602AA5"/>
+    <w:rsid w:val="0060781D"/>
     <w:rsid w:val="00616B93"/>
+    <w:rsid w:val="00622EA8"/>
+    <w:rsid w:val="00634D76"/>
     <w:rsid w:val="006721E2"/>
+    <w:rsid w:val="00673F02"/>
+    <w:rsid w:val="006832F0"/>
+    <w:rsid w:val="006B3A6B"/>
+    <w:rsid w:val="006B6AA0"/>
     <w:rsid w:val="00702383"/>
+    <w:rsid w:val="007037DB"/>
+    <w:rsid w:val="00715495"/>
+    <w:rsid w:val="0072294C"/>
     <w:rsid w:val="007351D3"/>
     <w:rsid w:val="007359E5"/>
-    <w:rsid w:val="00744BA5"/>
+    <w:rsid w:val="007471DF"/>
     <w:rsid w:val="00753819"/>
+    <w:rsid w:val="00767965"/>
     <w:rsid w:val="00771651"/>
     <w:rsid w:val="00785C0E"/>
+    <w:rsid w:val="007955AA"/>
     <w:rsid w:val="007B19D9"/>
+    <w:rsid w:val="007B529D"/>
+    <w:rsid w:val="007C131A"/>
+    <w:rsid w:val="007C17E9"/>
     <w:rsid w:val="007D1989"/>
+    <w:rsid w:val="007F3CD3"/>
+    <w:rsid w:val="007F49A0"/>
     <w:rsid w:val="008020F5"/>
     <w:rsid w:val="00804967"/>
     <w:rsid w:val="0081097D"/>
+    <w:rsid w:val="00814462"/>
     <w:rsid w:val="00817AD1"/>
     <w:rsid w:val="00835642"/>
+    <w:rsid w:val="00877996"/>
+    <w:rsid w:val="00893171"/>
+    <w:rsid w:val="008C23C2"/>
     <w:rsid w:val="0091296D"/>
     <w:rsid w:val="0092237C"/>
-    <w:rsid w:val="00962623"/>
+    <w:rsid w:val="00947A3D"/>
+    <w:rsid w:val="00961654"/>
     <w:rsid w:val="00967128"/>
-    <w:rsid w:val="009A5273"/>
+    <w:rsid w:val="00984BE8"/>
+    <w:rsid w:val="009B6BBB"/>
+    <w:rsid w:val="009B72C2"/>
     <w:rsid w:val="009C0C75"/>
+    <w:rsid w:val="009C3A72"/>
+    <w:rsid w:val="009E1779"/>
     <w:rsid w:val="00A03B5F"/>
+    <w:rsid w:val="00A07202"/>
     <w:rsid w:val="00A11385"/>
     <w:rsid w:val="00A432B6"/>
+    <w:rsid w:val="00A47EE3"/>
     <w:rsid w:val="00A67F66"/>
     <w:rsid w:val="00A755AD"/>
+    <w:rsid w:val="00AA122F"/>
     <w:rsid w:val="00AD68CF"/>
-    <w:rsid w:val="00B0779A"/>
+    <w:rsid w:val="00B0173B"/>
+    <w:rsid w:val="00B031D6"/>
     <w:rsid w:val="00B11466"/>
     <w:rsid w:val="00B2591C"/>
     <w:rsid w:val="00B25CA4"/>
-    <w:rsid w:val="00B26FD1"/>
+    <w:rsid w:val="00B30449"/>
+    <w:rsid w:val="00B36C5C"/>
     <w:rsid w:val="00B4380B"/>
     <w:rsid w:val="00B60A75"/>
+    <w:rsid w:val="00B65CE5"/>
     <w:rsid w:val="00B81D40"/>
-    <w:rsid w:val="00BB72D4"/>
+    <w:rsid w:val="00B84DD3"/>
+    <w:rsid w:val="00BB0147"/>
     <w:rsid w:val="00BB7DAE"/>
+    <w:rsid w:val="00BC13AE"/>
     <w:rsid w:val="00BE3ED1"/>
     <w:rsid w:val="00BF3EB1"/>
     <w:rsid w:val="00BF7EA4"/>
-    <w:rsid w:val="00C010A2"/>
+    <w:rsid w:val="00C07544"/>
+    <w:rsid w:val="00C13E64"/>
     <w:rsid w:val="00C17981"/>
+    <w:rsid w:val="00C369F8"/>
+    <w:rsid w:val="00C45185"/>
+    <w:rsid w:val="00C90D82"/>
+    <w:rsid w:val="00CA3F0F"/>
     <w:rsid w:val="00CC5407"/>
     <w:rsid w:val="00CC5E72"/>
+    <w:rsid w:val="00CD3811"/>
+    <w:rsid w:val="00CD7677"/>
     <w:rsid w:val="00CF2B6F"/>
+    <w:rsid w:val="00D029B2"/>
+    <w:rsid w:val="00D046A8"/>
     <w:rsid w:val="00D052CE"/>
+    <w:rsid w:val="00D21D67"/>
+    <w:rsid w:val="00D221E0"/>
+    <w:rsid w:val="00D23E8C"/>
+    <w:rsid w:val="00D265F2"/>
+    <w:rsid w:val="00D27DBD"/>
+    <w:rsid w:val="00D33AC1"/>
     <w:rsid w:val="00D4126F"/>
     <w:rsid w:val="00D423C3"/>
     <w:rsid w:val="00D4291B"/>
+    <w:rsid w:val="00D47924"/>
+    <w:rsid w:val="00D508BF"/>
     <w:rsid w:val="00D67DF8"/>
     <w:rsid w:val="00DE036D"/>
     <w:rsid w:val="00DE2093"/>
+    <w:rsid w:val="00DE6D73"/>
+    <w:rsid w:val="00E1115B"/>
     <w:rsid w:val="00E26B61"/>
     <w:rsid w:val="00E34699"/>
+    <w:rsid w:val="00E41827"/>
+    <w:rsid w:val="00E47FCB"/>
+    <w:rsid w:val="00E5616B"/>
     <w:rsid w:val="00E62EF3"/>
     <w:rsid w:val="00E63CF1"/>
     <w:rsid w:val="00E766CA"/>
+    <w:rsid w:val="00E777EA"/>
+    <w:rsid w:val="00E978AB"/>
     <w:rsid w:val="00EA074D"/>
+    <w:rsid w:val="00EA6DA7"/>
+    <w:rsid w:val="00EB0ACD"/>
+    <w:rsid w:val="00EB2274"/>
+    <w:rsid w:val="00EB3991"/>
+    <w:rsid w:val="00EC6863"/>
     <w:rsid w:val="00ED0E74"/>
+    <w:rsid w:val="00EE320C"/>
+    <w:rsid w:val="00EF46E9"/>
     <w:rsid w:val="00F02F5C"/>
+    <w:rsid w:val="00F07EC8"/>
     <w:rsid w:val="00F13B87"/>
+    <w:rsid w:val="00F16461"/>
     <w:rsid w:val="00F44A61"/>
     <w:rsid w:val="00F45054"/>
+    <w:rsid w:val="00F50E82"/>
+    <w:rsid w:val="00F53853"/>
     <w:rsid w:val="00F80B46"/>
     <w:rsid w:val="00F87C36"/>
     <w:rsid w:val="00FA079D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-BE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PersonName"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
@@ -16736,61 +15879,1179 @@
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="005C77D5"/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005C77D5"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+    <w:name w:val="normaltextrun"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00B30449"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+    <w:name w:val="eop"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00B30449"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
+    <w:name w:val="paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00B30449"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:eastAsia="fr-BE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="tabchar">
+    <w:name w:val="tabchar"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00022DD8"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLPreformattedChar"/>
+    <w:rsid w:val="00401A2E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLPreformattedChar">
+    <w:name w:val="HTML Preformatted Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="HTMLPreformatted"/>
+    <w:rsid w:val="00401A2E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="381174776">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="278876523">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="214396150">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1026638074">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1281762931">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="794716297">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2088844697">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="907035253">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="323896031">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1912301713">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="972560992">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1373654841">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1504784732">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="815221245">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="761607641">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1340159687">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="377828246">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="431096340">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="968898769">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1418866002">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="883567847">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1670519337">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="516892071">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="459569024">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="242373901">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1784760960">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="958101924">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="890310151">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2010979614">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="485584358">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="747920098">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="625820966">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1676686993">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1989044320">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1063334340">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1015225280">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="313030572">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="686373603">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="912281569">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2091609828">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1261916589">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1808082531">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="828521721">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1193421204">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1132361380">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="133717480">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1004162882">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1092819326">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2060743240">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1269774936">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1379671458">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1514298249">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="862480430">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1402484424">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="769856481">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="667176588">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2050063714">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1159732478">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1340932755">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1450856469">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1616860684">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="896673078">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="163398104">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="435056820">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1515345187">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="992686642">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1247884432">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="714278902">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1951085997">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1358239244">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1340814034">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="349919623">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="620654026">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="389884623">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1618415564">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="395665429">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="902838222">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1758287634">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1805926506">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1963606420">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1777402101">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1293708208">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1694646206">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1838571495">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="439422362">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1292907283">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rudyvc@skynet.be" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jbg@aamodels.be" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rudyvc@skynet.be" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jbg@aamodels.be" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sportcommission@belairmodels.be" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jbg@aamodels.be" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sportcommission@belairmodels.be" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jbg@aamodels.be" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -17060,80 +17321,93 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6F7AD8B7-608C-45A5-8839-36AE00F9D0C9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{c135c4ba-2280-41f8-be7d-6f21d368baa3}" enabled="1" method="Standard" siteId="{24139d14-c62c-4c47-8bdd-ce71ea1d50cf}" contentBits="0" removed="0"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>6176</Characters>
+  <Pages>8</Pages>
+  <Words>729</Words>
+  <Characters>4228</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>882</Lines>
-  <Paragraphs>177</Paragraphs>
+  <Lines>635</Lines>
+  <Paragraphs>119</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>Belgische Modelluchtvaart Liga - Ligue Belge d’Aéromodélisme</vt:lpstr>
       <vt:lpstr>Belgische Modelluchtvaart Liga - Ligue Belge d’Aéromodélisme</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Home</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6931</CharactersWithSpaces>
+  <CharactersWithSpaces>4892</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>2097170</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:jbg@aamodels.be</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>786549</vt:i4>
       </vt:variant>
       <vt:variant>